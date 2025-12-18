--- v0 (2025-11-27)
+++ v1 (2025-12-18)
@@ -3,82 +3,82 @@
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" mc:Ignorable="x15">
   <fileVersion appName="xl" lastEdited="6" lowestEdited="6" rupBuild="14420"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\ДРПА_new\УРНА\1_Регулярная_отчетность\24_Реестры_и_условия\! Сводные Реестр ПНА и Условия ПНА на сайт\2025-11-19\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="F:\ДРПА_new\УРНА\1_Регулярная_отчетность\24_Реестры_и_условия\! Сводные Реестр ПНА и Условия ПНА на сайт\2025-12-10\"/>
     </mc:Choice>
   </mc:AlternateContent>
   <bookViews>
     <workbookView xWindow="360" yWindow="15" windowWidth="20955" windowHeight="9720"/>
   </bookViews>
   <sheets>
     <sheet name="Лист1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$A$5:$I$5</definedName>
-[...2 lines deleted...]
-    <definedName name="_xlnm.Print_Area" localSheetId="0">Лист1!$A$1:$I$201</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Лист1!$A$4:$G$4</definedName>
+    <definedName name="Print_Titles" localSheetId="0">Лист1!$4:$4</definedName>
+    <definedName name="_xlnm.Print_Titles" localSheetId="0">Лист1!$4:$4</definedName>
+    <definedName name="_xlnm.Print_Area" localSheetId="0">Лист1!$A$1:$G$198</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="D17" i="1" l="1"/>
-[...4 lines deleted...]
-  <c r="C13" i="1"/>
+  <c r="D12" i="1" l="1"/>
+  <c r="C12" i="1"/>
+  <c r="D10" i="1"/>
+  <c r="C10" i="1"/>
+  <c r="D8" i="1"/>
+  <c r="C8" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1045" uniqueCount="241">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="943" uniqueCount="239">
   <si>
     <t>Информация о реализации активов 
 в зоне ответственности Департамента по работе с проблемными активами</t>
   </si>
   <si>
     <t>№ п/п</t>
   </si>
   <si>
     <t>Наименование регионального филиала</t>
   </si>
   <si>
     <t>Наименование актива</t>
   </si>
   <si>
     <t>Средства идентификации актива</t>
   </si>
   <si>
     <t>№ п/п комплекса активов</t>
   </si>
   <si>
     <t>Наименование комплекса активов</t>
   </si>
   <si>
     <t>-</t>
   </si>
@@ -544,83 +544,54 @@
   <si>
     <t>Адрес: Ростовская область, Азовский район, х. Обуховка, ул. Радужная, участок 8. Кадастровый номер 61:01:0600002:1108.</t>
   </si>
   <si>
     <t>Адрес: Ростовская область, Азовский район, х. Обуховка, ул. Радужная, участок 9. Кадастровый номер 61:01:0600002:1277.</t>
   </si>
   <si>
     <t>Адрес: Ростовская область, Азовский район, х. Обуховка, ул. Парковая, участок 8. Кадастровый номер 61:01:0600002:1179.</t>
   </si>
   <si>
     <t>Адрес: Ростовская область, Азовский район, х. Обуховка, ул. Весенняя, участок 26. Кадастровый номер 61:01:0600002:1224.</t>
   </si>
   <si>
     <t>Адрес: Ростовская область, Азовский район, х. Обуховка, ул. Парковая, участок 2. Кадастровый номер 61:01:0600002:1227.</t>
   </si>
   <si>
     <t>Адрес: Ростовская область, Азовский район, х. Обуховка, ул. Весенняя, участок 43. Кадастровый номер 61:01:0600002:1149.</t>
   </si>
   <si>
     <t>Земельный участок площадью 601 кв.м.</t>
   </si>
   <si>
     <t>Адрес: Ростовская область, Азовский район, х. Обуховка, ул. Радужная, участок 34. Кадастровый номер 61:01:0600002:1122.</t>
   </si>
   <si>
-    <t>Начальная цена
-[...5 lines deleted...]
-  <si>
     <t>Автомобиль ЛЕГКОВОЙ СЕДАН RENAULT FLUENCE, 2012 года выпуска. Цвет: белый</t>
   </si>
   <si>
     <t xml:space="preserve">Башкирский  </t>
-  </si>
-[...20 lines deleted...]
-    <t xml:space="preserve">Автомобиль ЛЕГКОВОЙ СЕДАН RENAULT FLUENCE. VIN X7LLZBR0B48049325  </t>
   </si>
   <si>
     <t>Головной офис</t>
   </si>
   <si>
     <t>Легковой автомобиль Mercedes-Benz S 500 4Matic, 2012 года выпуска. Цвет: черный</t>
   </si>
   <si>
     <t>VIN WDD2211941A519833. 
 Государственный регистрационный знак:   
 X 672 НВ 777. 
 Мощность двигателя: 435 л.с. (320 кВт).
 Пробег: 233,6 тыс. км.
 Адрес: г. Москва, 1-й Красногвардейский проезд, д. 7, стр. 1</t>
   </si>
   <si>
     <t>VIN WDD2211941A511860. 
 Государственный регистрационный знак:   
 М 936 ЕС 977. 
 Мощность двигателя: 435 л.с. (320 кВт).
 Пробег: 289,8 тыс. км.
 Адрес: г. Москва, 1-й Красногвардейский проезд, д. 7, стр. 1</t>
   </si>
   <si>
     <t>Легковой автомобиль BMW 750LI XDRIVE, 2016 года выпуска. Цвет: черный</t>
@@ -635,64 +606,50 @@
   </si>
   <si>
     <t xml:space="preserve">Легковой автомобиль MERCEDES-BENZ S 500 4MATIC. VIN WDD2211941A519833. </t>
   </si>
   <si>
     <t>Легковой автомобиль Mercedes-Benz S 500 4Matic. VIN WDD2211941A511860</t>
   </si>
   <si>
     <t xml:space="preserve">Легковой автомобиль BMW 750LI XDRIVE. VIN WBA7F21090G524677. </t>
   </si>
   <si>
     <t xml:space="preserve">Саратовский </t>
   </si>
   <si>
     <t xml:space="preserve">Автомобиль ЛЕГКОВОЙ СЕДАН RENAULT FLUENCE. VIN: X7LLZBR0B48141191  </t>
   </si>
   <si>
     <t>VIN: X7LLZBR0B48141191. 
 Государственный регистрационный знак: 
 Т 509 КМ 64.  
 Мощность двигателя: 106 л.с. (78 кВт). 
 Пробег: 507,79 тыс. км. 
 Адрес: г. Саратов, ул. Радищева, д. 65/2</t>
   </si>
   <si>
-    <t>Челябинский</t>
-[...12 lines deleted...]
-  <si>
     <t>Земельный участок площадью 597 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 576 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 596 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 600 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 758 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 558 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 603 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 633 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 682 кв.м.</t>
@@ -704,204 +661,232 @@
     <t>Земельный участок площадью 589 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 587 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 588 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 585 кв.м.</t>
   </si>
   <si>
     <t>Земельный участок площадью 586 кв.м.</t>
   </si>
   <si>
     <t>35 земельных участков, категория земли: земли населенных пунктов, вид разрешенного использования: строительство комплекса малоэтажных жилых домов усадебного типа с развитием инженерной и социальной инфраструктуры поселения, расположенными по адресу: Ростовская область, Азовский район, х. Обуховка</t>
   </si>
   <si>
     <t>23 земельных участка, категория земли: земли населенных пунктов, вид разрешенного использования: строительство комплекса малоэтажных жилых домов усадебного типа с развитием инженерной и социальной инфраструктуры поселения, расположенными по адресу: Ростовская область, Азовский район, х. Обуховка</t>
   </si>
   <si>
     <t>30 земельных участков, категория земли: земли населенных пунктов, вид разрешенного использования: строительство комплекса малоэтажных жилых домов усадебного типа с развитием инженерной и социальной инфраструктуры поселения, расположенными по адресу: Ростовская область, Азовский район, х. Обуховка</t>
   </si>
   <si>
     <t>Минимальная цена продажи, руб.</t>
-  </si>
-[...5 lines deleted...]
-руб.</t>
   </si>
   <si>
     <t>Специализированный автомобиль ГАЗ 2705, 2013 года выпуска. Цвет: белый</t>
   </si>
   <si>
     <t>VIN: X96270500D0756905. 
 Государственный регистрационный знак:   
 Р 550 МН 102. 
 Мощность двигателя: 140,5 л.с. (103,3 кВт). 
 Пробег: 279,44 тыс. км. 
 Адрес: Республика Башкортостан, Уфимский район, Индустриальный парк "Аэропорт", ул. Оренбургская, д. 4</t>
   </si>
   <si>
     <t>Специализированный автомобиль ГАЗ 2705. VIN: X96270500D0756905</t>
   </si>
   <si>
     <t xml:space="preserve">Автомобиль ЛЕГКОВОЙ УНИВЕРСАЛ RENAULT DUSTER, 2013 года выпуска. Цвет: белый </t>
   </si>
   <si>
     <t>VIN: X7LHSRH8N49852052. 
 Государственный регистрационный знак:   
 А 564 ВА 164. 
 Мощность двигателя: 102 л.с. (75 кВт). 
 Пробег: 87,19 тыс. км. 
 Адрес: г. Саратов, ул. Радищева, д. 65/2</t>
   </si>
   <si>
     <t>Автомобиль ЛЕГКОВОЙ УНИВЕРСАЛ RENAULT DUSTER. VIN: X7LHSRH8N49852052</t>
   </si>
   <si>
     <t>VIN: X7LHSRH8N51284166. 
 Государственный регистрационный знак:   
 А 120 АК 164. 
 Мощность двигателя: 102 л.с. (75 кВт). 
 Пробег: 330,09 тыс. км.
 Адрес: г. Саратов, ул. Радищева, д. 65/2</t>
   </si>
   <si>
     <t>Автомобиль ЛЕГКОВОЙ УНИВЕРСАЛ RENAULT DUSTER. VIN: X7LHSRH8N51284166</t>
   </si>
   <si>
-    <t>VIN: X7LHSRH8N51284168. 
-[...9 lines deleted...]
-  <si>
     <t>VIN: X7LHSRH8N51284171. 
 Государственный регистрационный знак:   
 А 130 АК 164. 
 Мощность двигателя: 102 л.с. (75 кВт). 
 Пробег: 288,38 тыс. км.
 Адрес: г. Саратов, ул. Радищева, д. 65/2</t>
   </si>
   <si>
     <t>Автомобиль ЛЕГКОВОЙ УНИВЕРСАЛ RENAULT DUSTER. VIN: X7LHSRH8N51284171</t>
   </si>
   <si>
     <t>VIN: X7LHSRH8N51284173. 
 Государственный регистрационный знак:   
 А 132 АК 164. 
 Мощность двигателя: 102 л.с. (75 кВт). 
 Пробег: 215,57 тыс. км.
 Адрес: г. Саратов, ул. Радищева, д. 65/2</t>
   </si>
   <si>
     <t>Автомобиль ЛЕГКОВОЙ УНИВЕРСАЛ RENAULT DUSTER. VIN: X7LHSRH8N51284173</t>
   </si>
   <si>
     <t>VIN: X7LLZBR0B48141217. 
 Государственный регистрационный знак: 
 Т 507 КМ 64.  
 Мощность двигателя: 106 л.с. (78 кВт).
 Пробег: 280,28 тыс. км. 
 Адрес: г. Саратов, ул. Радищева, д. 65/2</t>
   </si>
   <si>
     <t>Автомобиль ЛЕГКОВОЙ СЕДАН RENAULT FLUENCE. VIN: X7LLZBR0B48141217</t>
   </si>
   <si>
     <t>VIN: X7LLZBR0B48049286. 
 Государственный регистрационный знак: 
 Т 508 КМ 64.  
 Мощность двигателя: 106 л.с. (78 кВт). 
 Пробег: 148,55 тыс. км. 
 Адрес: г. Саратов, ул. Радищева, д. 65/2</t>
   </si>
   <si>
     <t>Автомобиль ЛЕГКОВОЙ СЕДАН RENAULT FLUENCE. VIN: X7LLZBR0B48049286</t>
   </si>
   <si>
-    <t>VIN: X7LLZBR0B48049321. 
-[...9 lines deleted...]
-  <si>
     <t>VIN: X7LLZBR0B48049373. 
 Государственный регистрационный знак: 
 Т 114 УО 64.  
 Мощность двигателя: 106 л.с. (78 кВт). 
 Пробег: 293,88 тыс. км. 
 Адрес: г. Саратов, ул. Радищева, д. 65/2</t>
   </si>
   <si>
     <t>Автомобиль ЛЕГКОВОЙ СЕДАН RENAULT FLUENCE. VIN: X7LLZBR0B48049373</t>
   </si>
   <si>
     <t>Омский</t>
   </si>
   <si>
     <t>VIN X7LLZBR0B48049387. 
 Государственный регистрационный знак:   
 У 667 АМ 56. 
 Мощность двигателя: 106 л.с. (78 кВт). 
 Пробег: 464,92 тыс. км. 
 Адрес: г. Омск, ул. Фрунзе, д. 52</t>
   </si>
   <si>
     <t>Автомобиль ЛЕГКОВОЙ СЕДАН RENAULT FLUENCE. VIN X7LLZBR0B48049387</t>
   </si>
   <si>
     <t>Якутский</t>
   </si>
   <si>
     <t>Автомобиль легковой TOYOTA LAND CRUISER 200, 2013 года выпуска. Цвет: белый</t>
   </si>
   <si>
     <t>VIN: JTMCX05J204035271. 
 Государственный регистрационный знак:  
 Н 004 КР 14. 
 Мощность двигателя: 309 л.с. (227 кВт). 
 Пробег: 269,90 тыс. км.
 Адрес: Республика Саха (Якутия), г. Якутск, мкр. Марха, ул. Строда, д. 39, стр. 1</t>
   </si>
   <si>
     <t>Автомобиль легковой TOYOTA LAND CRUISER 200. VIN: JTMCX05J204035271</t>
+  </si>
+  <si>
+    <t>Читинский</t>
+  </si>
+  <si>
+    <t>ГРУЗОВОЙ ФУРГОН ЦЕЛЬНОМЕТАЛЛИЧЕСКИЙ (7 МЕСТ) 
+ГАЗ-2705, 2014 года выпуска. Цвет: белый</t>
+  </si>
+  <si>
+    <t>VIN X96270500F0788176. 
+Государственный регистрационный знак: 
+М 384 МТ 75. 
+Мощность двигателя: 106,8 л.с. (78,5 кВт). 
+Пробег: 180,96 тыс. км. 
+Адрес: Забайкальский край, Читинский район, с. Смоленка, ТСН "Радость", ул. Центральная, д. 1</t>
+  </si>
+  <si>
+    <t>Легковой автомобиль CHEVROLET NIVA, 212300-55, 2013 года выпуска. Цвет: светло-серебристый металлик</t>
+  </si>
+  <si>
+    <t>VIN X9L212300E0496075. 
+Государственный регистрационный знак: 
+М 727 ВР 75. 
+Мощность двигателя: 79,60 л.с. (58,50 кВт). 
+Пробег: 188,49 тыс. км. 
+Адрес: Забайкальский край, Читинский район, с. Смоленка, ТСН "Радость", ул. Центральная, д. 1</t>
+  </si>
+  <si>
+    <t>Легковой автомобиль CHEVROLET NIVA, 212300-55, 2014 года выпуска. Цвет: светло-серебристый металлик</t>
+  </si>
+  <si>
+    <t>VIN X9L212300E0537819. 
+Государственный регистрационный знак: 
+М 995 ЕР 75. 
+Мощность двигателя: 79,60 л.с. (58,50 кВт). 
+Пробег: 180,66 тыс. км. 
+Адрес: Забайкальский край, г. Шилка  ул. Армейская, д. 3, к. 2</t>
+  </si>
+  <si>
+    <t>VIN X9L212300E0537924. 
+Государственный регистрационный знак: 
+М 970 ЕР 75. 
+Мощность двигателя: 79,60 л.с. (58,50 кВт). 
+Пробег: 201,97 тыс. км. 
+Адрес: Забайскальский край, Агинский Бурятский округ, Агинский район, пгт. Агинское ул. 30 лет Победы, 4Б</t>
+  </si>
+  <si>
+    <t xml:space="preserve">ГРУЗОВОЙ ФУРГОН ЦЕЛЬНОМЕТАЛЛИЧЕСКИЙ (7 МЕСТ) ГАЗ-2705.VIN X96270500F0788176  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Легковой автомобиль CHEVROLET NIVA, 212300-55. VIN X9L212300E0496075  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Легковой автомобиль CHEVROLET NIVA, 212300-55. VIN X9L212300E0537819  </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Легковой автомобиль CHEVROLET NIVA, 212300-55. VIN X9L212300E0537924  </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" mc:Ignorable="x14ac x16r2">
   <fonts count="11" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
       <b/>
       <sz val="28"/>
       <color theme="1"/>
       <name val="Times New Roman"/>
     </font>
     <font>
@@ -932,285 +917,235 @@
       <color theme="1"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Times New Roman"/>
       <family val="1"/>
       <charset val="204"/>
     </font>
   </fonts>
-  <fills count="6">
+  <fills count="5">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="9" tint="0.79998168889431442"/>
         <bgColor theme="9" tint="0.79998168889431442"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor theme="0" tint="-0.14999847407452621"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
-        <fgColor theme="4" tint="0.79998168889431442"/>
-[...4 lines deleted...]
-      <patternFill patternType="solid">
         <fgColor theme="0" tint="-0.14999847407452621"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
-  <borders count="5">
+  <borders count="3">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom style="thin">
         <color auto="1"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color auto="1"/>
       </left>
-      <right/>
-[...11 lines deleted...]
-      </left>
       <right style="thin">
         <color auto="1"/>
       </right>
       <top style="thin">
         <color auto="1"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
-    <border>
-[...11 lines deleted...]
-    </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="47">
+  <cellXfs count="41">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="3" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="4" fontId="1" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="9" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="9" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="7" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="3" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="4" fontId="6" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="4" fontId="6" fillId="4" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center"/>
+    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="2" borderId="4" xfId="0" quotePrefix="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="3" fontId="10" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Обычный" xfId="0" builtinId="0"/>
     <cellStyle name="Обычный 5" xfId="1"/>
   </cellStyles>
   <dxfs count="1">
     <dxf>
       <fill>
         <patternFill patternType="none">
           <fgColor indexed="64"/>
           <bgColor indexed="65"/>
         </patternFill>
       </fill>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
@@ -1417,5482 +1352,4529 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" mc:Ignorable="x14ac">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:I201"/>
+  <dimension ref="A1:G198"/>
   <sheetViews>
     <sheetView tabSelected="1" view="pageBreakPreview" zoomScale="60" workbookViewId="0">
-      <pane ySplit="5" topLeftCell="A13" activePane="bottomLeft" state="frozen"/>
+      <pane ySplit="4" topLeftCell="A5" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="C15" sqref="C15"/>
-      <selection pane="bottomLeft" activeCell="F7" sqref="F7:F201"/>
+      <selection pane="bottomLeft" activeCell="G6" sqref="G6:G198"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.75" outlineLevelRow="1" outlineLevelCol="1" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="8" style="1" customWidth="1" outlineLevel="1"/>
     <col min="2" max="2" width="23.85546875" style="2" customWidth="1"/>
     <col min="3" max="3" width="50.7109375" style="3" customWidth="1"/>
     <col min="4" max="4" width="64.7109375" style="3" customWidth="1"/>
     <col min="5" max="5" width="14" style="3" customWidth="1"/>
     <col min="6" max="6" width="57.85546875" style="2" customWidth="1"/>
     <col min="7" max="7" width="21.28515625" style="1" customWidth="1"/>
-    <col min="8" max="8" width="21.5703125" style="1" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="16384" width="9.140625" style="1"/>
+    <col min="8" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:9" ht="71.25" customHeight="1" x14ac:dyDescent="0.45">
-      <c r="A1" s="42" t="s">
+    <row r="1" spans="1:7" ht="71.25" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A1" s="39" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="42"/>
-[...10 lines deleted...]
-      <c r="A4" s="43" t="s">
+      <c r="B1" s="39"/>
+      <c r="C1" s="39"/>
+      <c r="D1" s="39"/>
+      <c r="E1" s="39"/>
+      <c r="F1" s="39"/>
+      <c r="G1" s="39"/>
+    </row>
+    <row r="3" spans="1:7" ht="15.75" customHeight="1" x14ac:dyDescent="0.25"/>
+    <row r="4" spans="1:7" ht="65.25" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A4" s="38" t="s">
         <v>1</v>
       </c>
-      <c r="B4" s="43" t="s">
+      <c r="B4" s="38" t="s">
         <v>2</v>
       </c>
-      <c r="C4" s="43" t="s">
+      <c r="C4" s="38" t="s">
         <v>3</v>
       </c>
-      <c r="D4" s="43" t="s">
+      <c r="D4" s="38" t="s">
         <v>4</v>
       </c>
-      <c r="E4" s="43" t="s">
+      <c r="E4" s="38" t="s">
         <v>5</v>
       </c>
-      <c r="F4" s="44" t="s">
+      <c r="F4" s="38" t="s">
         <v>6</v>
       </c>
-      <c r="G4" s="45" t="s">
-[...2 lines deleted...]
-      <c r="H4" s="41" t="s">
+      <c r="G4" s="38" t="s">
+        <v>201</v>
+      </c>
+    </row>
+    <row r="5" spans="1:7" ht="122.25" hidden="1" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="4">
+        <v>1</v>
+      </c>
+      <c r="B5" s="5" t="s">
         <v>170</v>
       </c>
-      <c r="I4" s="41"/>
-[...17 lines deleted...]
-      <c r="A6" s="4">
+      <c r="C5" s="17" t="s">
+        <v>202</v>
+      </c>
+      <c r="D5" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="E5" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F5" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G5" s="21">
+        <v>486000</v>
+      </c>
+    </row>
+    <row r="6" spans="1:7" ht="135.75" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="8"/>
+      <c r="B6" s="9" t="s">
+        <v>170</v>
+      </c>
+      <c r="C6" s="10" t="s">
+        <v>202</v>
+      </c>
+      <c r="D6" s="20" t="s">
+        <v>203</v>
+      </c>
+      <c r="E6" s="11">
         <v>1</v>
       </c>
-      <c r="B6" s="5" t="s">
+      <c r="F6" s="10" t="s">
+        <v>204</v>
+      </c>
+      <c r="G6" s="12">
+        <v>486000</v>
+      </c>
+    </row>
+    <row r="7" spans="1:7" ht="101.25" hidden="1" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="4">
+        <v>2</v>
+      </c>
+      <c r="B7" s="16" t="s">
+        <v>171</v>
+      </c>
+      <c r="C7" s="17" t="s">
         <v>172</v>
       </c>
-      <c r="C6" s="6" t="s">
+      <c r="D7" s="18" t="s">
+        <v>173</v>
+      </c>
+      <c r="E7" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F7" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G7" s="21">
+        <v>1200000</v>
+      </c>
+    </row>
+    <row r="8" spans="1:7" ht="120" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A8" s="8"/>
+      <c r="B8" s="19" t="s">
         <v>171</v>
       </c>
-      <c r="D6" s="6" t="s">
-[...192 lines deleted...]
-        <f>C12</f>
+      <c r="C8" s="10" t="str">
+        <f>C7</f>
         <v>Легковой автомобиль Mercedes-Benz S 500 4Matic, 2012 года выпуска. Цвет: черный</v>
       </c>
-      <c r="D13" s="23" t="str">
-        <f>D12</f>
+      <c r="D8" s="20" t="str">
+        <f>D7</f>
         <v>VIN WDD2211941A519833. 
 Государственный регистрационный знак:   
 X 672 НВ 777. 
 Мощность двигателя: 435 л.с. (320 кВт).
 Пробег: 233,6 тыс. км.
 Адрес: г. Москва, 1-й Красногвардейский проезд, д. 7, стр. 1</v>
       </c>
-      <c r="E13" s="11">
-[...5 lines deleted...]
-      <c r="G13" s="12">
+      <c r="E8" s="11">
+        <v>2</v>
+      </c>
+      <c r="F8" s="10" t="s">
+        <v>177</v>
+      </c>
+      <c r="G8" s="12">
         <v>1200000</v>
       </c>
-      <c r="H13" s="18" t="s">
-[...25 lines deleted...]
-      <c r="G14" s="24">
+    </row>
+    <row r="9" spans="1:7" ht="101.25" hidden="1" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A9" s="4">
+        <v>3</v>
+      </c>
+      <c r="B9" s="16" t="s">
+        <v>171</v>
+      </c>
+      <c r="C9" s="17" t="s">
+        <v>172</v>
+      </c>
+      <c r="D9" s="18" t="s">
+        <v>174</v>
+      </c>
+      <c r="E9" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F9" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G9" s="21">
         <v>1600000</v>
       </c>
-      <c r="H14" s="37" t="s">
-[...12 lines deleted...]
-        <f>C14</f>
+    </row>
+    <row r="10" spans="1:7" ht="117.75" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A10" s="8"/>
+      <c r="B10" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C10" s="10" t="str">
+        <f>C9</f>
         <v>Легковой автомобиль Mercedes-Benz S 500 4Matic, 2012 года выпуска. Цвет: черный</v>
       </c>
-      <c r="D15" s="23" t="str">
-        <f>D14</f>
+      <c r="D10" s="20" t="str">
+        <f>D9</f>
         <v>VIN WDD2211941A511860. 
 Государственный регистрационный знак:   
 М 936 ЕС 977. 
 Мощность двигателя: 435 л.с. (320 кВт).
 Пробег: 289,8 тыс. км.
 Адрес: г. Москва, 1-й Красногвардейский проезд, д. 7, стр. 1</v>
       </c>
-      <c r="E15" s="11">
-[...5 lines deleted...]
-      <c r="G15" s="12">
+      <c r="E10" s="11">
+        <v>3</v>
+      </c>
+      <c r="F10" s="10" t="s">
+        <v>178</v>
+      </c>
+      <c r="G10" s="12">
         <v>1600000</v>
       </c>
-      <c r="H15" s="18" t="s">
-[...25 lines deleted...]
-      <c r="G16" s="24">
+    </row>
+    <row r="11" spans="1:7" ht="101.25" hidden="1" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4">
+        <v>4</v>
+      </c>
+      <c r="B11" s="16" t="s">
+        <v>171</v>
+      </c>
+      <c r="C11" s="17" t="s">
+        <v>175</v>
+      </c>
+      <c r="D11" s="18" t="s">
+        <v>176</v>
+      </c>
+      <c r="E11" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F11" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G11" s="21">
         <v>2750000</v>
       </c>
-      <c r="H16" s="37" t="s">
-[...12 lines deleted...]
-        <f>C16</f>
+    </row>
+    <row r="12" spans="1:7" ht="123.75" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="8"/>
+      <c r="B12" s="19" t="s">
+        <v>171</v>
+      </c>
+      <c r="C12" s="10" t="str">
+        <f>C11</f>
         <v>Легковой автомобиль BMW 750LI XDRIVE, 2016 года выпуска. Цвет: черный</v>
       </c>
-      <c r="D17" s="23" t="str">
-        <f>D16</f>
+      <c r="D12" s="20" t="str">
+        <f>D11</f>
         <v>VIN WBA7F21090G524677. 
 Государственный регистрационный знак:
 А 252 НУ 777. 
 Мощность двигателя: 449 л.с. (330 кВт). 
 Пробег: 217,5 тыс. км. 
 Адрес: г. Москва, 1-й Красногвардейский проезд, д. 7, стр. 1</v>
       </c>
+      <c r="E12" s="11">
+        <v>4</v>
+      </c>
+      <c r="F12" s="10" t="s">
+        <v>179</v>
+      </c>
+      <c r="G12" s="12">
+        <v>2750000</v>
+      </c>
+    </row>
+    <row r="13" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4">
+        <v>5</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C13" s="6" t="s">
+        <v>9</v>
+      </c>
+      <c r="D13" s="6" t="s">
+        <v>10</v>
+      </c>
+      <c r="E13" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F13" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G13" s="7"/>
+    </row>
+    <row r="14" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="4">
+        <v>6</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C14" s="6" t="s">
+        <v>11</v>
+      </c>
+      <c r="D14" s="6" t="s">
+        <v>12</v>
+      </c>
+      <c r="E14" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F14" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G14" s="7"/>
+    </row>
+    <row r="15" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="4">
+        <v>7</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C15" s="6" t="s">
+        <v>13</v>
+      </c>
+      <c r="D15" s="6" t="s">
+        <v>14</v>
+      </c>
+      <c r="E15" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F15" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G15" s="7"/>
+    </row>
+    <row r="16" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="4">
+        <v>8</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="C16" s="6" t="s">
+        <v>15</v>
+      </c>
+      <c r="D16" s="6" t="s">
+        <v>16</v>
+      </c>
+      <c r="E16" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F16" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G16" s="7"/>
+    </row>
+    <row r="17" spans="1:7" ht="96" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="8"/>
+      <c r="B17" s="9" t="s">
+        <v>8</v>
+      </c>
+      <c r="C17" s="11" t="s">
+        <v>7</v>
+      </c>
+      <c r="D17" s="11" t="s">
+        <v>7</v>
+      </c>
       <c r="E17" s="11">
+        <v>5</v>
+      </c>
+      <c r="F17" s="14" t="s">
+        <v>17</v>
+      </c>
+      <c r="G17" s="12">
+        <v>16330000</v>
+      </c>
+    </row>
+    <row r="18" spans="1:7" ht="101.25" hidden="1" customHeight="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="40">
+        <v>9</v>
+      </c>
+      <c r="B18" s="16" t="s">
+        <v>220</v>
+      </c>
+      <c r="C18" s="17" t="s">
+        <v>169</v>
+      </c>
+      <c r="D18" s="18" t="s">
+        <v>221</v>
+      </c>
+      <c r="E18" s="34" t="s">
+        <v>7</v>
+      </c>
+      <c r="F18" s="34" t="s">
+        <v>7</v>
+      </c>
+      <c r="G18" s="21">
+        <v>486000</v>
+      </c>
+    </row>
+    <row r="19" spans="1:7" ht="107.25" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="8"/>
+      <c r="B19" s="19" t="s">
+        <v>220</v>
+      </c>
+      <c r="C19" s="10" t="s">
+        <v>169</v>
+      </c>
+      <c r="D19" s="20" t="s">
+        <v>221</v>
+      </c>
+      <c r="E19" s="11">
         <v>6</v>
       </c>
-      <c r="F17" s="10" t="s">
+      <c r="F19" s="10" t="s">
+        <v>222</v>
+      </c>
+      <c r="G19" s="12">
+        <v>486000</v>
+      </c>
+    </row>
+    <row r="20" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="28">
+        <v>10</v>
+      </c>
+      <c r="B20" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C20" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="D20" s="29" t="s">
+        <v>20</v>
+      </c>
+      <c r="E20" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F20" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G20" s="31">
+        <v>228780</v>
+      </c>
+    </row>
+    <row r="21" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="28">
+        <v>11</v>
+      </c>
+      <c r="B21" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C21" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D21" s="29" t="s">
+        <v>21</v>
+      </c>
+      <c r="E21" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F21" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G21" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="22" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A22" s="28">
+        <v>12</v>
+      </c>
+      <c r="B22" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C22" s="33" t="s">
+        <v>184</v>
+      </c>
+      <c r="D22" s="29" t="s">
+        <v>23</v>
+      </c>
+      <c r="E22" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F22" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G22" s="31">
+        <v>220580</v>
+      </c>
+    </row>
+    <row r="23" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A23" s="28">
+        <v>13</v>
+      </c>
+      <c r="B23" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C23" s="33" t="s">
         <v>185</v>
       </c>
-      <c r="G17" s="12">
-[...13 lines deleted...]
-      <c r="B18" s="5" t="s">
+      <c r="D23" s="29" t="s">
+        <v>33</v>
+      </c>
+      <c r="E23" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F23" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G23" s="31">
+        <v>227960</v>
+      </c>
+    </row>
+    <row r="24" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A24" s="28">
+        <v>14</v>
+      </c>
+      <c r="B24" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C24" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="D24" s="29" t="s">
+        <v>39</v>
+      </c>
+      <c r="E24" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F24" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G24" s="31">
+        <v>228780</v>
+      </c>
+    </row>
+    <row r="25" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A25" s="28">
+        <v>15</v>
+      </c>
+      <c r="B25" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C25" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="D25" s="29" t="s">
+        <v>40</v>
+      </c>
+      <c r="E25" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F25" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G25" s="31">
+        <v>228780</v>
+      </c>
+    </row>
+    <row r="26" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A26" s="28">
+        <v>16</v>
+      </c>
+      <c r="B26" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C26" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="D26" s="29" t="s">
+        <v>41</v>
+      </c>
+      <c r="E26" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F26" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G26" s="31">
+        <v>228780</v>
+      </c>
+    </row>
+    <row r="27" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A27" s="28">
+        <v>17</v>
+      </c>
+      <c r="B27" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C27" s="33" t="s">
+        <v>183</v>
+      </c>
+      <c r="D27" s="29" t="s">
+        <v>42</v>
+      </c>
+      <c r="E27" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F27" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G27" s="31">
+        <v>228780</v>
+      </c>
+    </row>
+    <row r="28" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A28" s="28">
+        <v>18</v>
+      </c>
+      <c r="B28" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C28" s="33" t="s">
+        <v>186</v>
+      </c>
+      <c r="D28" s="29" t="s">
+        <v>45</v>
+      </c>
+      <c r="E28" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F28" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G28" s="31">
+        <v>229600</v>
+      </c>
+    </row>
+    <row r="29" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A29" s="37">
+        <v>19</v>
+      </c>
+      <c r="B29" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C29" s="33" t="s">
+        <v>186</v>
+      </c>
+      <c r="D29" s="29" t="s">
+        <v>47</v>
+      </c>
+      <c r="E29" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F29" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G29" s="31">
+        <v>229600</v>
+      </c>
+    </row>
+    <row r="30" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A30" s="28">
+        <v>20</v>
+      </c>
+      <c r="B30" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C30" s="33" t="s">
+        <v>186</v>
+      </c>
+      <c r="D30" s="29" t="s">
+        <v>48</v>
+      </c>
+      <c r="E30" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F30" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G30" s="31">
+        <v>229600</v>
+      </c>
+    </row>
+    <row r="31" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A31" s="28">
+        <v>21</v>
+      </c>
+      <c r="B31" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C31" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D31" s="29" t="s">
+        <v>69</v>
+      </c>
+      <c r="E31" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F31" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G31" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="32" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A32" s="28">
+        <v>22</v>
+      </c>
+      <c r="B32" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C32" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D32" s="29" t="s">
+        <v>70</v>
+      </c>
+      <c r="E32" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F32" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G32" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="33" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A33" s="28">
+        <v>23</v>
+      </c>
+      <c r="B33" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C33" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D33" s="29" t="s">
+        <v>71</v>
+      </c>
+      <c r="E33" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F33" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G33" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A34" s="28">
+        <v>24</v>
+      </c>
+      <c r="B34" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C34" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D34" s="29" t="s">
+        <v>94</v>
+      </c>
+      <c r="E34" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F34" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G34" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A35" s="28">
+        <v>25</v>
+      </c>
+      <c r="B35" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C35" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D35" s="29" t="s">
+        <v>95</v>
+      </c>
+      <c r="E35" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F35" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G35" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A36" s="28">
+        <v>26</v>
+      </c>
+      <c r="B36" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C36" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D36" s="29" t="s">
+        <v>96</v>
+      </c>
+      <c r="E36" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F36" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G36" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="37" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A37" s="28">
+        <v>27</v>
+      </c>
+      <c r="B37" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C37" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D37" s="29" t="s">
+        <v>97</v>
+      </c>
+      <c r="E37" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F37" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G37" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="38" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A38" s="28">
+        <v>28</v>
+      </c>
+      <c r="B38" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C38" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D38" s="29" t="s">
+        <v>98</v>
+      </c>
+      <c r="E38" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F38" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G38" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="39" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A39" s="28">
+        <v>29</v>
+      </c>
+      <c r="B39" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C39" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D39" s="29" t="s">
+        <v>100</v>
+      </c>
+      <c r="E39" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F39" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G39" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="40" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A40" s="28">
+        <v>30</v>
+      </c>
+      <c r="B40" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C40" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D40" s="29" t="s">
+        <v>101</v>
+      </c>
+      <c r="E40" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F40" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G40" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="41" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A41" s="28">
+        <v>31</v>
+      </c>
+      <c r="B41" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C41" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D41" s="29" t="s">
+        <v>122</v>
+      </c>
+      <c r="E41" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F41" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G41" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="42" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A42" s="28">
+        <v>32</v>
+      </c>
+      <c r="B42" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C42" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D42" s="29" t="s">
+        <v>123</v>
+      </c>
+      <c r="E42" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F42" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G42" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="43" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A43" s="28">
+        <v>33</v>
+      </c>
+      <c r="B43" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C43" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D43" s="29" t="s">
+        <v>125</v>
+      </c>
+      <c r="E43" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F43" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G43" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="44" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A44" s="28">
+        <v>34</v>
+      </c>
+      <c r="B44" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C44" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D44" s="29" t="s">
+        <v>149</v>
+      </c>
+      <c r="E44" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F44" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G44" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="45" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A45" s="28">
+        <v>35</v>
+      </c>
+      <c r="B45" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C45" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D45" s="29" t="s">
+        <v>150</v>
+      </c>
+      <c r="E45" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F45" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G45" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A46" s="28">
+        <v>36</v>
+      </c>
+      <c r="B46" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C46" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D46" s="29" t="s">
+        <v>151</v>
+      </c>
+      <c r="E46" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F46" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G46" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A47" s="28">
+        <v>37</v>
+      </c>
+      <c r="B47" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C47" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D47" s="29" t="s">
+        <v>152</v>
+      </c>
+      <c r="E47" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F47" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G47" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A48" s="28">
+        <v>38</v>
+      </c>
+      <c r="B48" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C48" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D48" s="29" t="s">
+        <v>153</v>
+      </c>
+      <c r="E48" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F48" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G48" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="49" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A49" s="28">
+        <v>39</v>
+      </c>
+      <c r="B49" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C49" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D49" s="29" t="s">
+        <v>154</v>
+      </c>
+      <c r="E49" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F49" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G49" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="50" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A50" s="28">
+        <v>40</v>
+      </c>
+      <c r="B50" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C50" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D50" s="29" t="s">
+        <v>156</v>
+      </c>
+      <c r="E50" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F50" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G50" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="51" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A51" s="28">
+        <v>41</v>
+      </c>
+      <c r="B51" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C51" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D51" s="29" t="s">
+        <v>157</v>
+      </c>
+      <c r="E51" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F51" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G51" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="52" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A52" s="28">
+        <v>42</v>
+      </c>
+      <c r="B52" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C52" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D52" s="29" t="s">
+        <v>158</v>
+      </c>
+      <c r="E52" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F52" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G52" s="31">
+        <v>229600</v>
+      </c>
+    </row>
+    <row r="53" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A53" s="28">
+        <v>43</v>
+      </c>
+      <c r="B53" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C53" s="33" t="s">
+        <v>187</v>
+      </c>
+      <c r="D53" s="29" t="s">
+        <v>166</v>
+      </c>
+      <c r="E53" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F53" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G53" s="31">
+        <v>290280</v>
+      </c>
+    </row>
+    <row r="54" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A54" s="28">
+        <v>44</v>
+      </c>
+      <c r="B54" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C54" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D54" s="29" t="s">
+        <v>168</v>
+      </c>
+      <c r="E54" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F54" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G54" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="55" spans="1:7" ht="126" x14ac:dyDescent="0.25">
+      <c r="A55" s="8"/>
+      <c r="B55" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="C55" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D55" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="E55" s="11">
+        <v>7</v>
+      </c>
+      <c r="F55" s="10" t="s">
+        <v>198</v>
+      </c>
+      <c r="G55" s="35">
+        <v>8100779.9999999991</v>
+      </c>
+    </row>
+    <row r="56" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A56" s="28">
+        <v>45</v>
+      </c>
+      <c r="B56" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C56" s="33" t="s">
+        <v>188</v>
+      </c>
+      <c r="D56" s="29" t="s">
+        <v>22</v>
+      </c>
+      <c r="E56" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F56" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G56" s="31">
+        <v>214020</v>
+      </c>
+    </row>
+    <row r="57" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A57" s="28">
+        <v>46</v>
+      </c>
+      <c r="B57" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C57" s="33" t="s">
+        <v>184</v>
+      </c>
+      <c r="D57" s="29" t="s">
+        <v>24</v>
+      </c>
+      <c r="E57" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F57" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G57" s="31">
+        <v>220580</v>
+      </c>
+    </row>
+    <row r="58" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A58" s="28">
+        <v>47</v>
+      </c>
+      <c r="B58" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C58" s="33" t="s">
+        <v>184</v>
+      </c>
+      <c r="D58" s="29" t="s">
+        <v>25</v>
+      </c>
+      <c r="E58" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F58" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G58" s="31">
+        <v>220580</v>
+      </c>
+    </row>
+    <row r="59" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A59" s="28">
+        <v>48</v>
+      </c>
+      <c r="B59" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C59" s="33" t="s">
+        <v>186</v>
+      </c>
+      <c r="D59" s="29" t="s">
+        <v>43</v>
+      </c>
+      <c r="E59" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F59" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G59" s="31">
+        <v>229600</v>
+      </c>
+    </row>
+    <row r="60" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A60" s="28">
+        <v>49</v>
+      </c>
+      <c r="B60" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C60" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D60" s="29" t="s">
+        <v>51</v>
+      </c>
+      <c r="E60" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F60" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G60" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="61" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A61" s="28">
+        <v>50</v>
+      </c>
+      <c r="B61" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C61" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D61" s="29" t="s">
+        <v>53</v>
+      </c>
+      <c r="E61" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F61" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G61" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="62" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A62" s="28">
+        <v>51</v>
+      </c>
+      <c r="B62" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C62" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D62" s="29" t="s">
+        <v>55</v>
+      </c>
+      <c r="E62" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F62" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G62" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="63" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A63" s="28">
+        <v>52</v>
+      </c>
+      <c r="B63" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C63" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D63" s="29" t="s">
+        <v>57</v>
+      </c>
+      <c r="E63" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F63" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G63" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="64" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A64" s="28">
+        <v>53</v>
+      </c>
+      <c r="B64" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C64" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D64" s="29" t="s">
+        <v>59</v>
+      </c>
+      <c r="E64" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F64" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G64" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="65" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A65" s="28">
+        <v>54</v>
+      </c>
+      <c r="B65" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C65" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D65" s="29" t="s">
+        <v>61</v>
+      </c>
+      <c r="E65" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F65" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G65" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="66" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A66" s="28">
+        <v>55</v>
+      </c>
+      <c r="B66" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C66" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D66" s="29" t="s">
+        <v>63</v>
+      </c>
+      <c r="E66" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F66" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G66" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="67" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A67" s="28">
+        <v>56</v>
+      </c>
+      <c r="B67" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C67" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D67" s="29" t="s">
+        <v>65</v>
+      </c>
+      <c r="E67" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F67" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G67" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="68" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A68" s="28">
+        <v>57</v>
+      </c>
+      <c r="B68" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C68" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D68" s="29" t="s">
+        <v>73</v>
+      </c>
+      <c r="E68" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F68" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G68" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="69" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A69" s="28">
+        <v>58</v>
+      </c>
+      <c r="B69" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C69" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D69" s="29" t="s">
+        <v>75</v>
+      </c>
+      <c r="E69" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F69" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G69" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="70" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A70" s="28">
+        <v>59</v>
+      </c>
+      <c r="B70" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C70" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D70" s="29" t="s">
+        <v>107</v>
+      </c>
+      <c r="E70" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F70" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G70" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="71" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A71" s="28">
+        <v>60</v>
+      </c>
+      <c r="B71" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C71" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D71" s="29" t="s">
+        <v>108</v>
+      </c>
+      <c r="E71" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F71" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G71" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="72" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A72" s="28">
+        <v>61</v>
+      </c>
+      <c r="B72" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C72" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D72" s="29" t="s">
+        <v>109</v>
+      </c>
+      <c r="E72" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F72" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G72" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="73" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A73" s="28">
+        <v>62</v>
+      </c>
+      <c r="B73" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C73" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D73" s="29" t="s">
+        <v>110</v>
+      </c>
+      <c r="E73" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F73" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G73" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="74" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A74" s="28">
+        <v>63</v>
+      </c>
+      <c r="B74" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C74" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D74" s="29" t="s">
+        <v>111</v>
+      </c>
+      <c r="E74" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F74" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G74" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="75" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A75" s="28">
+        <v>64</v>
+      </c>
+      <c r="B75" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C75" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D75" s="29" t="s">
+        <v>112</v>
+      </c>
+      <c r="E75" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F75" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G75" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="76" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A76" s="28">
+        <v>65</v>
+      </c>
+      <c r="B76" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C76" s="33" t="s">
+        <v>189</v>
+      </c>
+      <c r="D76" s="29" t="s">
+        <v>163</v>
+      </c>
+      <c r="E76" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F76" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G76" s="31">
+        <v>231240</v>
+      </c>
+    </row>
+    <row r="77" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A77" s="28">
+        <v>66</v>
+      </c>
+      <c r="B77" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C77" s="33" t="s">
+        <v>190</v>
+      </c>
+      <c r="D77" s="29" t="s">
+        <v>164</v>
+      </c>
+      <c r="E77" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F77" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G77" s="31">
+        <v>242720</v>
+      </c>
+    </row>
+    <row r="78" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A78" s="28">
+        <v>67</v>
+      </c>
+      <c r="B78" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C78" s="33" t="s">
+        <v>191</v>
+      </c>
+      <c r="D78" s="29" t="s">
+        <v>165</v>
+      </c>
+      <c r="E78" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F78" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G78" s="31">
+        <v>260759.99999999997</v>
+      </c>
+    </row>
+    <row r="79" spans="1:7" ht="126" x14ac:dyDescent="0.25">
+      <c r="A79" s="8"/>
+      <c r="B79" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="C79" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D79" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="E79" s="11">
         <v>8</v>
       </c>
-      <c r="C18" s="6" t="s">
+      <c r="F79" s="10" t="s">
+        <v>199</v>
+      </c>
+      <c r="G79" s="35">
+        <v>5306220</v>
+      </c>
+    </row>
+    <row r="80" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A80" s="28">
+        <v>68</v>
+      </c>
+      <c r="B80" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C80" s="33" t="s">
+        <v>192</v>
+      </c>
+      <c r="D80" s="29" t="s">
+        <v>26</v>
+      </c>
+      <c r="E80" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F80" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G80" s="31">
+        <v>221400</v>
+      </c>
+    </row>
+    <row r="81" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A81" s="28">
+        <v>69</v>
+      </c>
+      <c r="B81" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C81" s="33" t="s">
+        <v>193</v>
+      </c>
+      <c r="D81" s="29" t="s">
+        <v>31</v>
+      </c>
+      <c r="E81" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F81" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G81" s="31">
+        <v>225500</v>
+      </c>
+    </row>
+    <row r="82" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A82" s="28">
+        <v>70</v>
+      </c>
+      <c r="B82" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C82" s="33" t="s">
+        <v>185</v>
+      </c>
+      <c r="D82" s="29" t="s">
+        <v>32</v>
+      </c>
+      <c r="E82" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F82" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G82" s="31">
+        <v>227960</v>
+      </c>
+    </row>
+    <row r="83" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A83" s="28">
+        <v>71</v>
+      </c>
+      <c r="B83" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C83" s="33" t="s">
+        <v>185</v>
+      </c>
+      <c r="D83" s="29" t="s">
+        <v>35</v>
+      </c>
+      <c r="E83" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F83" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G83" s="31">
+        <v>227960</v>
+      </c>
+    </row>
+    <row r="84" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A84" s="28">
+        <v>72</v>
+      </c>
+      <c r="B84" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C84" s="33" t="s">
+        <v>186</v>
+      </c>
+      <c r="D84" s="29" t="s">
+        <v>44</v>
+      </c>
+      <c r="E84" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F84" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G84" s="31">
+        <v>229600</v>
+      </c>
+    </row>
+    <row r="85" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A85" s="28">
+        <v>73</v>
+      </c>
+      <c r="B85" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C85" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D85" s="29" t="s">
+        <v>49</v>
+      </c>
+      <c r="E85" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F85" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G85" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="86" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A86" s="28">
+        <v>74</v>
+      </c>
+      <c r="B86" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C86" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D86" s="29" t="s">
+        <v>50</v>
+      </c>
+      <c r="E86" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F86" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G86" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="87" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A87" s="28">
+        <v>75</v>
+      </c>
+      <c r="B87" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C87" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D87" s="29" t="s">
+        <v>52</v>
+      </c>
+      <c r="E87" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F87" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G87" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="88" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A88" s="28">
+        <v>76</v>
+      </c>
+      <c r="B88" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C88" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D88" s="29" t="s">
+        <v>54</v>
+      </c>
+      <c r="E88" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F88" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G88" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="89" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A89" s="28">
+        <v>77</v>
+      </c>
+      <c r="B89" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C89" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D89" s="29" t="s">
+        <v>56</v>
+      </c>
+      <c r="E89" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F89" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G89" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="90" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A90" s="28">
+        <v>78</v>
+      </c>
+      <c r="B90" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C90" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D90" s="29" t="s">
+        <v>58</v>
+      </c>
+      <c r="E90" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F90" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G90" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="91" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A91" s="28">
+        <v>79</v>
+      </c>
+      <c r="B91" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C91" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D91" s="29" t="s">
+        <v>60</v>
+      </c>
+      <c r="E91" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F91" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G91" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="92" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A92" s="28">
+        <v>80</v>
+      </c>
+      <c r="B92" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C92" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D92" s="29" t="s">
+        <v>62</v>
+      </c>
+      <c r="E92" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F92" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G92" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="93" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A93" s="28">
+        <v>81</v>
+      </c>
+      <c r="B93" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C93" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D93" s="29" t="s">
+        <v>64</v>
+      </c>
+      <c r="E93" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F93" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G93" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="94" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A94" s="28">
+        <v>82</v>
+      </c>
+      <c r="B94" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C94" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D94" s="29" t="s">
+        <v>66</v>
+      </c>
+      <c r="E94" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F94" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G94" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="95" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A95" s="28">
+        <v>83</v>
+      </c>
+      <c r="B95" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C95" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D95" s="29" t="s">
+        <v>67</v>
+      </c>
+      <c r="E95" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F95" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G95" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="96" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A96" s="28">
+        <v>84</v>
+      </c>
+      <c r="B96" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C96" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D96" s="29" t="s">
+        <v>68</v>
+      </c>
+      <c r="E96" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F96" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G96" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="97" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A97" s="28">
+        <v>85</v>
+      </c>
+      <c r="B97" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C97" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D97" s="29" t="s">
+        <v>72</v>
+      </c>
+      <c r="E97" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F97" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G97" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="98" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A98" s="28">
+        <v>86</v>
+      </c>
+      <c r="B98" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C98" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D98" s="29" t="s">
+        <v>74</v>
+      </c>
+      <c r="E98" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F98" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G98" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="99" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A99" s="28">
+        <v>87</v>
+      </c>
+      <c r="B99" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C99" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D99" s="29" t="s">
+        <v>76</v>
+      </c>
+      <c r="E99" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F99" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G99" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="100" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A100" s="28">
+        <v>88</v>
+      </c>
+      <c r="B100" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C100" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D100" s="29" t="s">
+        <v>78</v>
+      </c>
+      <c r="E100" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F100" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G100" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="101" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A101" s="28">
+        <v>89</v>
+      </c>
+      <c r="B101" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C101" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D101" s="29" t="s">
+        <v>80</v>
+      </c>
+      <c r="E101" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F101" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G101" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="102" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A102" s="28">
+        <v>90</v>
+      </c>
+      <c r="B102" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C102" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D102" s="29" t="s">
+        <v>82</v>
+      </c>
+      <c r="E102" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F102" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G102" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="103" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A103" s="28">
+        <v>91</v>
+      </c>
+      <c r="B103" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C103" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D103" s="29" t="s">
+        <v>85</v>
+      </c>
+      <c r="E103" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F103" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G103" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="104" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A104" s="28">
+        <v>92</v>
+      </c>
+      <c r="B104" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C104" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D104" s="29" t="s">
+        <v>87</v>
+      </c>
+      <c r="E104" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F104" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G104" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="105" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A105" s="28">
+        <v>93</v>
+      </c>
+      <c r="B105" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C105" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D105" s="29" t="s">
+        <v>89</v>
+      </c>
+      <c r="E105" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F105" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G105" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="106" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A106" s="28">
+        <v>94</v>
+      </c>
+      <c r="B106" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C106" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D106" s="29" t="s">
+        <v>91</v>
+      </c>
+      <c r="E106" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F106" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G106" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="107" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A107" s="28">
+        <v>95</v>
+      </c>
+      <c r="B107" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C107" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D107" s="29" t="s">
+        <v>99</v>
+      </c>
+      <c r="E107" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F107" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G107" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="108" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A108" s="28">
+        <v>96</v>
+      </c>
+      <c r="B108" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C108" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D108" s="29" t="s">
+        <v>103</v>
+      </c>
+      <c r="E108" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F108" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G108" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="109" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A109" s="28">
+        <v>97</v>
+      </c>
+      <c r="B109" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C109" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D109" s="29" t="s">
+        <v>105</v>
+      </c>
+      <c r="E109" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F109" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G109" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="110" spans="1:7" ht="126" x14ac:dyDescent="0.25">
+      <c r="A110" s="8"/>
+      <c r="B110" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="C110" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D110" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="E110" s="11">
         <v>9</v>
       </c>
-      <c r="D18" s="6" t="s">
+      <c r="F110" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="G110" s="35">
+        <v>6892920</v>
+      </c>
+    </row>
+    <row r="111" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A111" s="28">
+        <v>98</v>
+      </c>
+      <c r="B111" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C111" s="33" t="s">
+        <v>194</v>
+      </c>
+      <c r="D111" s="29" t="s">
+        <v>29</v>
+      </c>
+      <c r="E111" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F111" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G111" s="31">
+        <v>224680</v>
+      </c>
+    </row>
+    <row r="112" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A112" s="28">
+        <v>99</v>
+      </c>
+      <c r="B112" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C112" s="33" t="s">
+        <v>195</v>
+      </c>
+      <c r="D112" s="29" t="s">
+        <v>30</v>
+      </c>
+      <c r="E112" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F112" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G112" s="31">
+        <v>225500</v>
+      </c>
+    </row>
+    <row r="113" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A113" s="28">
+        <v>100</v>
+      </c>
+      <c r="B113" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C113" s="33" t="s">
+        <v>185</v>
+      </c>
+      <c r="D113" s="29" t="s">
+        <v>34</v>
+      </c>
+      <c r="E113" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F113" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G113" s="31">
+        <v>227960</v>
+      </c>
+    </row>
+    <row r="114" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A114" s="28">
+        <v>101</v>
+      </c>
+      <c r="B114" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C114" s="33" t="s">
+        <v>185</v>
+      </c>
+      <c r="D114" s="29" t="s">
+        <v>38</v>
+      </c>
+      <c r="E114" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F114" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G114" s="31">
+        <v>227960</v>
+      </c>
+    </row>
+    <row r="115" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A115" s="28">
+        <v>102</v>
+      </c>
+      <c r="B115" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C115" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D115" s="29" t="s">
+        <v>77</v>
+      </c>
+      <c r="E115" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F115" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G115" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="116" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A116" s="28">
+        <v>103</v>
+      </c>
+      <c r="B116" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C116" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D116" s="29" t="s">
+        <v>79</v>
+      </c>
+      <c r="E116" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F116" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G116" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="117" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A117" s="28">
+        <v>104</v>
+      </c>
+      <c r="B117" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C117" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D117" s="29" t="s">
+        <v>81</v>
+      </c>
+      <c r="E117" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F117" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G117" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="118" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A118" s="28">
+        <v>105</v>
+      </c>
+      <c r="B118" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C118" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D118" s="29" t="s">
+        <v>83</v>
+      </c>
+      <c r="E118" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F118" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G118" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="119" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A119" s="28">
+        <v>106</v>
+      </c>
+      <c r="B119" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C119" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D119" s="29" t="s">
+        <v>84</v>
+      </c>
+      <c r="E119" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F119" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G119" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="120" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A120" s="28">
+        <v>107</v>
+      </c>
+      <c r="B120" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C120" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D120" s="29" t="s">
+        <v>86</v>
+      </c>
+      <c r="E120" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F120" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G120" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="121" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A121" s="28">
+        <v>108</v>
+      </c>
+      <c r="B121" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C121" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D121" s="29" t="s">
+        <v>88</v>
+      </c>
+      <c r="E121" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F121" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G121" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="122" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A122" s="28">
+        <v>109</v>
+      </c>
+      <c r="B122" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C122" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D122" s="29" t="s">
+        <v>90</v>
+      </c>
+      <c r="E122" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F122" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G122" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="123" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A123" s="28">
+        <v>110</v>
+      </c>
+      <c r="B123" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C123" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D123" s="29" t="s">
+        <v>92</v>
+      </c>
+      <c r="E123" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F123" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G123" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="124" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A124" s="28">
+        <v>111</v>
+      </c>
+      <c r="B124" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C124" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D124" s="29" t="s">
+        <v>93</v>
+      </c>
+      <c r="E124" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F124" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G124" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="125" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A125" s="28">
+        <v>112</v>
+      </c>
+      <c r="B125" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C125" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D125" s="29" t="s">
+        <v>102</v>
+      </c>
+      <c r="E125" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F125" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G125" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="126" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A126" s="28">
+        <v>113</v>
+      </c>
+      <c r="B126" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C126" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D126" s="29" t="s">
+        <v>104</v>
+      </c>
+      <c r="E126" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F126" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G126" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="127" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A127" s="28">
+        <v>114</v>
+      </c>
+      <c r="B127" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C127" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D127" s="29" t="s">
+        <v>106</v>
+      </c>
+      <c r="E127" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F127" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G127" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="128" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A128" s="28">
+        <v>115</v>
+      </c>
+      <c r="B128" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C128" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D128" s="29" t="s">
+        <v>129</v>
+      </c>
+      <c r="E128" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F128" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G128" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="129" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A129" s="28">
+        <v>116</v>
+      </c>
+      <c r="B129" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C129" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D129" s="29" t="s">
+        <v>131</v>
+      </c>
+      <c r="E129" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F129" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G129" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="130" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A130" s="28">
+        <v>117</v>
+      </c>
+      <c r="B130" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C130" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D130" s="29" t="s">
+        <v>133</v>
+      </c>
+      <c r="E130" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F130" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G130" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="131" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A131" s="28">
+        <v>118</v>
+      </c>
+      <c r="B131" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C131" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D131" s="29" t="s">
+        <v>135</v>
+      </c>
+      <c r="E131" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F131" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G131" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="132" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A132" s="28">
+        <v>119</v>
+      </c>
+      <c r="B132" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C132" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D132" s="29" t="s">
+        <v>137</v>
+      </c>
+      <c r="E132" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F132" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G132" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="133" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A133" s="28">
+        <v>120</v>
+      </c>
+      <c r="B133" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C133" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D133" s="29" t="s">
+        <v>139</v>
+      </c>
+      <c r="E133" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F133" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G133" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="134" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A134" s="37">
+        <v>121</v>
+      </c>
+      <c r="B134" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C134" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D134" s="29" t="s">
+        <v>141</v>
+      </c>
+      <c r="E134" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F134" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G134" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="135" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A135" s="28">
+        <v>122</v>
+      </c>
+      <c r="B135" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C135" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D135" s="29" t="s">
+        <v>143</v>
+      </c>
+      <c r="E135" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F135" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G135" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="136" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A136" s="28">
+        <v>123</v>
+      </c>
+      <c r="B136" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C136" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D136" s="29" t="s">
+        <v>145</v>
+      </c>
+      <c r="E136" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F136" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G136" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="137" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A137" s="28">
+        <v>124</v>
+      </c>
+      <c r="B137" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C137" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D137" s="29" t="s">
+        <v>147</v>
+      </c>
+      <c r="E137" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F137" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G137" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="138" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A138" s="28">
+        <v>125</v>
+      </c>
+      <c r="B138" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C138" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D138" s="29" t="s">
+        <v>155</v>
+      </c>
+      <c r="E138" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F138" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G138" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="139" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A139" s="28">
+        <v>126</v>
+      </c>
+      <c r="B139" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C139" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D139" s="29" t="s">
+        <v>160</v>
+      </c>
+      <c r="E139" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F139" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G139" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="140" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A140" s="28">
+        <v>127</v>
+      </c>
+      <c r="B140" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C140" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D140" s="29" t="s">
+        <v>161</v>
+      </c>
+      <c r="E140" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F140" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G140" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="141" spans="1:7" ht="126" x14ac:dyDescent="0.25">
+      <c r="A141" s="8"/>
+      <c r="B141" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="C141" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D141" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="E141" s="11">
         <v>10</v>
       </c>
-      <c r="E18" s="7" t="s">
-[...20 lines deleted...]
-      <c r="C19" s="6" t="s">
+      <c r="F141" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="G141" s="35">
+        <v>6897020</v>
+      </c>
+    </row>
+    <row r="142" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A142" s="28">
+        <v>128</v>
+      </c>
+      <c r="B142" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C142" s="33" t="s">
+        <v>196</v>
+      </c>
+      <c r="D142" s="29" t="s">
+        <v>27</v>
+      </c>
+      <c r="E142" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F142" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G142" s="31">
+        <v>223860</v>
+      </c>
+    </row>
+    <row r="143" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A143" s="28">
+        <v>129</v>
+      </c>
+      <c r="B143" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C143" s="33" t="s">
+        <v>197</v>
+      </c>
+      <c r="D143" s="29" t="s">
+        <v>28</v>
+      </c>
+      <c r="E143" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F143" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G143" s="31">
+        <v>224680</v>
+      </c>
+    </row>
+    <row r="144" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A144" s="28">
+        <v>130</v>
+      </c>
+      <c r="B144" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C144" s="33" t="s">
+        <v>185</v>
+      </c>
+      <c r="D144" s="29" t="s">
+        <v>36</v>
+      </c>
+      <c r="E144" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F144" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G144" s="31">
+        <v>227960</v>
+      </c>
+    </row>
+    <row r="145" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A145" s="28">
+        <v>131</v>
+      </c>
+      <c r="B145" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C145" s="33" t="s">
+        <v>185</v>
+      </c>
+      <c r="D145" s="29" t="s">
+        <v>37</v>
+      </c>
+      <c r="E145" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F145" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G145" s="31">
+        <v>227960</v>
+      </c>
+    </row>
+    <row r="146" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A146" s="28">
+        <v>132</v>
+      </c>
+      <c r="B146" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C146" s="33" t="s">
+        <v>186</v>
+      </c>
+      <c r="D146" s="29" t="s">
+        <v>46</v>
+      </c>
+      <c r="E146" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F146" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G146" s="31">
+        <v>229600</v>
+      </c>
+    </row>
+    <row r="147" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A147" s="28">
+        <v>133</v>
+      </c>
+      <c r="B147" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C147" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D147" s="29" t="s">
+        <v>113</v>
+      </c>
+      <c r="E147" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F147" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G147" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="148" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A148" s="28">
+        <v>134</v>
+      </c>
+      <c r="B148" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C148" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D148" s="29" t="s">
+        <v>114</v>
+      </c>
+      <c r="E148" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F148" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G148" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="149" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A149" s="28">
+        <v>135</v>
+      </c>
+      <c r="B149" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C149" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D149" s="29" t="s">
+        <v>115</v>
+      </c>
+      <c r="E149" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F149" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G149" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="150" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A150" s="28">
+        <v>136</v>
+      </c>
+      <c r="B150" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C150" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D150" s="29" t="s">
+        <v>116</v>
+      </c>
+      <c r="E150" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F150" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G150" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="151" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A151" s="28">
+        <v>137</v>
+      </c>
+      <c r="B151" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C151" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D151" s="29" t="s">
+        <v>117</v>
+      </c>
+      <c r="E151" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F151" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G151" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="152" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A152" s="28">
+        <v>138</v>
+      </c>
+      <c r="B152" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C152" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D152" s="29" t="s">
+        <v>118</v>
+      </c>
+      <c r="E152" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F152" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G152" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="153" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A153" s="28">
+        <v>139</v>
+      </c>
+      <c r="B153" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C153" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D153" s="29" t="s">
+        <v>119</v>
+      </c>
+      <c r="E153" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F153" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G153" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="154" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A154" s="28">
+        <v>140</v>
+      </c>
+      <c r="B154" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C154" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D154" s="29" t="s">
+        <v>120</v>
+      </c>
+      <c r="E154" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F154" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G154" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="155" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A155" s="28">
+        <v>141</v>
+      </c>
+      <c r="B155" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C155" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D155" s="29" t="s">
+        <v>121</v>
+      </c>
+      <c r="E155" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F155" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G155" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="156" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A156" s="28">
+        <v>142</v>
+      </c>
+      <c r="B156" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C156" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D156" s="29" t="s">
+        <v>124</v>
+      </c>
+      <c r="E156" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F156" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G156" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="157" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A157" s="28">
+        <v>143</v>
+      </c>
+      <c r="B157" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C157" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D157" s="29" t="s">
+        <v>126</v>
+      </c>
+      <c r="E157" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F157" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G157" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="158" spans="1:7" ht="47.25" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A158" s="28">
+        <v>144</v>
+      </c>
+      <c r="B158" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C158" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D158" s="29" t="s">
+        <v>127</v>
+      </c>
+      <c r="E158" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F158" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G158" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="159" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A159" s="28">
+        <v>145</v>
+      </c>
+      <c r="B159" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C159" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D159" s="29" t="s">
+        <v>128</v>
+      </c>
+      <c r="E159" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F159" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G159" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="160" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A160" s="28">
+        <v>146</v>
+      </c>
+      <c r="B160" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C160" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D160" s="29" t="s">
+        <v>130</v>
+      </c>
+      <c r="E160" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F160" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G160" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="161" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A161" s="37">
+        <v>147</v>
+      </c>
+      <c r="B161" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C161" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D161" s="29" t="s">
+        <v>132</v>
+      </c>
+      <c r="E161" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F161" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G161" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="162" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A162" s="37">
+        <v>148</v>
+      </c>
+      <c r="B162" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C162" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D162" s="29" t="s">
+        <v>134</v>
+      </c>
+      <c r="E162" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F162" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G162" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="163" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A163" s="28">
+        <v>149</v>
+      </c>
+      <c r="B163" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C163" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D163" s="29" t="s">
+        <v>136</v>
+      </c>
+      <c r="E163" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F163" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G163" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="164" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A164" s="28">
+        <v>150</v>
+      </c>
+      <c r="B164" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C164" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D164" s="29" t="s">
+        <v>138</v>
+      </c>
+      <c r="E164" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F164" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G164" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="165" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A165" s="28">
+        <v>151</v>
+      </c>
+      <c r="B165" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C165" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D165" s="29" t="s">
+        <v>140</v>
+      </c>
+      <c r="E165" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F165" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G165" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="166" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A166" s="28">
+        <v>152</v>
+      </c>
+      <c r="B166" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C166" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D166" s="29" t="s">
+        <v>142</v>
+      </c>
+      <c r="E166" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F166" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G166" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="167" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A167" s="28">
+        <v>153</v>
+      </c>
+      <c r="B167" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C167" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D167" s="29" t="s">
+        <v>144</v>
+      </c>
+      <c r="E167" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F167" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G167" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="168" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A168" s="28">
+        <v>154</v>
+      </c>
+      <c r="B168" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C168" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D168" s="29" t="s">
+        <v>146</v>
+      </c>
+      <c r="E168" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F168" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G168" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="169" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A169" s="28">
+        <v>155</v>
+      </c>
+      <c r="B169" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C169" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D169" s="29" t="s">
+        <v>148</v>
+      </c>
+      <c r="E169" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F169" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G169" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="170" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A170" s="37">
+        <v>156</v>
+      </c>
+      <c r="B170" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C170" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D170" s="29" t="s">
+        <v>159</v>
+      </c>
+      <c r="E170" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F170" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G170" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="171" spans="1:7" ht="31.5" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A171" s="28">
+        <v>157</v>
+      </c>
+      <c r="B171" s="32" t="s">
+        <v>19</v>
+      </c>
+      <c r="C171" s="33" t="s">
+        <v>167</v>
+      </c>
+      <c r="D171" s="29" t="s">
+        <v>162</v>
+      </c>
+      <c r="E171" s="36" t="s">
+        <v>7</v>
+      </c>
+      <c r="F171" s="30" t="s">
+        <v>7</v>
+      </c>
+      <c r="G171" s="31">
+        <v>230420</v>
+      </c>
+    </row>
+    <row r="172" spans="1:7" ht="126" x14ac:dyDescent="0.25">
+      <c r="A172" s="8"/>
+      <c r="B172" s="19" t="s">
+        <v>19</v>
+      </c>
+      <c r="C172" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="D172" s="20" t="s">
+        <v>7</v>
+      </c>
+      <c r="E172" s="11">
         <v>11</v>
       </c>
-      <c r="D19" s="6" t="s">
+      <c r="F172" s="10" t="s">
+        <v>200</v>
+      </c>
+      <c r="G172" s="35">
+        <v>6894560</v>
+      </c>
+    </row>
+    <row r="173" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A173" s="4">
+        <v>158</v>
+      </c>
+      <c r="B173" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C173" s="23" t="s">
+        <v>169</v>
+      </c>
+      <c r="D173" s="24" t="s">
+        <v>182</v>
+      </c>
+      <c r="E173" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F173" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G173" s="13">
+        <v>323000</v>
+      </c>
+    </row>
+    <row r="174" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A174" s="15"/>
+      <c r="B174" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C174" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="D174" s="10" t="s">
+        <v>182</v>
+      </c>
+      <c r="E174" s="11">
         <v>12</v>
       </c>
-      <c r="E19" s="7" t="s">
-[...20 lines deleted...]
-      <c r="C20" s="6" t="s">
+      <c r="F174" s="27" t="s">
+        <v>181</v>
+      </c>
+      <c r="G174" s="12">
+        <v>323000</v>
+      </c>
+    </row>
+    <row r="175" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A175" s="4">
+        <v>159</v>
+      </c>
+      <c r="B175" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C175" s="23" t="s">
+        <v>205</v>
+      </c>
+      <c r="D175" s="24" t="s">
+        <v>206</v>
+      </c>
+      <c r="E175" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F175" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G175" s="13">
+        <v>650000</v>
+      </c>
+    </row>
+    <row r="176" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A176" s="15"/>
+      <c r="B176" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C176" s="26" t="s">
+        <v>205</v>
+      </c>
+      <c r="D176" s="10" t="s">
+        <v>206</v>
+      </c>
+      <c r="E176" s="11">
         <v>13</v>
       </c>
-      <c r="D20" s="6" t="s">
+      <c r="F176" s="27" t="s">
+        <v>207</v>
+      </c>
+      <c r="G176" s="12">
+        <v>650000</v>
+      </c>
+    </row>
+    <row r="177" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A177" s="4">
+        <v>160</v>
+      </c>
+      <c r="B177" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C177" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D177" s="24" t="s">
+        <v>208</v>
+      </c>
+      <c r="E177" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F177" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G177" s="13">
+        <v>500000</v>
+      </c>
+    </row>
+    <row r="178" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A178" s="15"/>
+      <c r="B178" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C178" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D178" s="10" t="s">
+        <v>208</v>
+      </c>
+      <c r="E178" s="11">
         <v>14</v>
       </c>
-      <c r="E20" s="7" t="s">
-[...20 lines deleted...]
-      <c r="C21" s="6" t="s">
+      <c r="F178" s="27" t="s">
+        <v>209</v>
+      </c>
+      <c r="G178" s="12">
+        <v>500000</v>
+      </c>
+    </row>
+    <row r="179" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A179" s="4">
+        <v>161</v>
+      </c>
+      <c r="B179" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C179" s="23" t="s">
+        <v>18</v>
+      </c>
+      <c r="D179" s="24" t="s">
+        <v>210</v>
+      </c>
+      <c r="E179" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F179" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G179" s="13">
+        <v>520000</v>
+      </c>
+    </row>
+    <row r="180" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A180" s="15"/>
+      <c r="B180" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C180" s="26" t="s">
+        <v>18</v>
+      </c>
+      <c r="D180" s="10" t="s">
+        <v>210</v>
+      </c>
+      <c r="E180" s="11">
         <v>15</v>
       </c>
-      <c r="D21" s="6" t="s">
-[...262 lines deleted...]
-      <c r="A31" s="31">
+      <c r="F180" s="27" t="s">
+        <v>211</v>
+      </c>
+      <c r="G180" s="12">
+        <v>520000</v>
+      </c>
+    </row>
+    <row r="181" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A181" s="4">
+        <v>162</v>
+      </c>
+      <c r="B181" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C181" s="23" t="s">
         <v>18</v>
       </c>
-      <c r="B31" s="35" t="s">
-[...4069 lines deleted...]
-      </c>
+      <c r="D181" s="24" t="s">
+        <v>212</v>
+      </c>
+      <c r="E181" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F181" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G181" s="13">
+        <v>550000</v>
+      </c>
+    </row>
+    <row r="182" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A182" s="15"/>
       <c r="B182" s="25" t="s">
-        <v>186</v>
+        <v>180</v>
       </c>
       <c r="C182" s="26" t="s">
         <v>18</v>
       </c>
-      <c r="D182" s="27" t="s">
+      <c r="D182" s="10" t="s">
+        <v>212</v>
+      </c>
+      <c r="E182" s="11">
+        <v>16</v>
+      </c>
+      <c r="F182" s="27" t="s">
+        <v>213</v>
+      </c>
+      <c r="G182" s="12">
+        <v>550000</v>
+      </c>
+    </row>
+    <row r="183" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A183" s="4">
+        <v>163</v>
+      </c>
+      <c r="B183" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C183" s="23" t="s">
+        <v>169</v>
+      </c>
+      <c r="D183" s="24" t="s">
+        <v>214</v>
+      </c>
+      <c r="E183" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F183" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G183" s="13">
+        <v>400000</v>
+      </c>
+    </row>
+    <row r="184" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A184" s="15"/>
+      <c r="B184" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C184" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="D184" s="10" t="s">
+        <v>214</v>
+      </c>
+      <c r="E184" s="11">
+        <v>17</v>
+      </c>
+      <c r="F184" s="27" t="s">
+        <v>215</v>
+      </c>
+      <c r="G184" s="12">
+        <v>400000</v>
+      </c>
+    </row>
+    <row r="185" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A185" s="4">
+        <v>164</v>
+      </c>
+      <c r="B185" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C185" s="23" t="s">
+        <v>169</v>
+      </c>
+      <c r="D185" s="24" t="s">
+        <v>216</v>
+      </c>
+      <c r="E185" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F185" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G185" s="13">
+        <v>450000</v>
+      </c>
+    </row>
+    <row r="186" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A186" s="15"/>
+      <c r="B186" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C186" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="D186" s="10" t="s">
+        <v>216</v>
+      </c>
+      <c r="E186" s="11">
+        <v>18</v>
+      </c>
+      <c r="F186" s="27" t="s">
+        <v>217</v>
+      </c>
+      <c r="G186" s="12">
+        <v>450000</v>
+      </c>
+    </row>
+    <row r="187" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A187" s="4">
+        <v>165</v>
+      </c>
+      <c r="B187" s="22" t="s">
+        <v>180</v>
+      </c>
+      <c r="C187" s="23" t="s">
+        <v>169</v>
+      </c>
+      <c r="D187" s="24" t="s">
         <v>218</v>
       </c>
-      <c r="E182" s="7" t="s">
-[...23 lines deleted...]
-      <c r="D183" s="10" t="s">
+      <c r="E187" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="F187" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G187" s="13">
+        <v>400000</v>
+      </c>
+    </row>
+    <row r="188" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A188" s="15"/>
+      <c r="B188" s="25" t="s">
+        <v>180</v>
+      </c>
+      <c r="C188" s="26" t="s">
+        <v>169</v>
+      </c>
+      <c r="D188" s="10" t="s">
         <v>218</v>
       </c>
-      <c r="E183" s="11">
-[...2 lines deleted...]
-      <c r="F183" s="30" t="s">
+      <c r="E188" s="11">
+        <v>19</v>
+      </c>
+      <c r="F188" s="27" t="s">
         <v>219</v>
       </c>
-      <c r="G183" s="12">
-[...108 lines deleted...]
-      <c r="F187" s="30" t="s">
+      <c r="G188" s="12">
+        <v>400000</v>
+      </c>
+    </row>
+    <row r="189" spans="1:7" ht="110.25" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A189" s="4">
+        <v>166</v>
+      </c>
+      <c r="B189" s="22" t="s">
+        <v>227</v>
+      </c>
+      <c r="C189" s="23" t="s">
+        <v>228</v>
+      </c>
+      <c r="D189" s="24" t="s">
+        <v>229</v>
+      </c>
+      <c r="E189" s="7"/>
+      <c r="F189" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G189" s="13">
+        <v>600000</v>
+      </c>
+    </row>
+    <row r="190" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A190" s="15"/>
+      <c r="B190" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="C190" s="26" t="s">
+        <v>228</v>
+      </c>
+      <c r="D190" s="10" t="s">
+        <v>229</v>
+      </c>
+      <c r="E190" s="11">
+        <v>20</v>
+      </c>
+      <c r="F190" s="27" t="s">
+        <v>235</v>
+      </c>
+      <c r="G190" s="12">
+        <v>600000</v>
+      </c>
+    </row>
+    <row r="191" spans="1:7" ht="110.25" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A191" s="4">
+        <v>167</v>
+      </c>
+      <c r="B191" s="22" t="s">
+        <v>227</v>
+      </c>
+      <c r="C191" s="23" t="s">
+        <v>230</v>
+      </c>
+      <c r="D191" s="24" t="s">
+        <v>231</v>
+      </c>
+      <c r="E191" s="7"/>
+      <c r="F191" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G191" s="13">
+        <v>480000</v>
+      </c>
+    </row>
+    <row r="192" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A192" s="15"/>
+      <c r="B192" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="C192" s="26" t="s">
+        <v>230</v>
+      </c>
+      <c r="D192" s="10" t="s">
+        <v>231</v>
+      </c>
+      <c r="E192" s="11">
+        <v>21</v>
+      </c>
+      <c r="F192" s="27" t="s">
+        <v>236</v>
+      </c>
+      <c r="G192" s="12">
+        <v>480000</v>
+      </c>
+    </row>
+    <row r="193" spans="1:7" ht="94.5" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A193" s="4">
+        <v>168</v>
+      </c>
+      <c r="B193" s="22" t="s">
+        <v>227</v>
+      </c>
+      <c r="C193" s="23" t="s">
+        <v>232</v>
+      </c>
+      <c r="D193" s="24" t="s">
+        <v>233</v>
+      </c>
+      <c r="E193" s="7"/>
+      <c r="F193" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G193" s="13">
+        <v>485000</v>
+      </c>
+    </row>
+    <row r="194" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A194" s="15"/>
+      <c r="B194" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="C194" s="26" t="s">
+        <v>232</v>
+      </c>
+      <c r="D194" s="10" t="s">
+        <v>233</v>
+      </c>
+      <c r="E194" s="11">
+        <v>22</v>
+      </c>
+      <c r="F194" s="27" t="s">
+        <v>237</v>
+      </c>
+      <c r="G194" s="12">
+        <v>485000</v>
+      </c>
+    </row>
+    <row r="195" spans="1:7" ht="110.25" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A195" s="4">
+        <v>169</v>
+      </c>
+      <c r="B195" s="22" t="s">
+        <v>227</v>
+      </c>
+      <c r="C195" s="23" t="s">
+        <v>232</v>
+      </c>
+      <c r="D195" s="24" t="s">
+        <v>234</v>
+      </c>
+      <c r="E195" s="7"/>
+      <c r="F195" s="7" t="s">
+        <v>7</v>
+      </c>
+      <c r="G195" s="13">
+        <v>485000</v>
+      </c>
+    </row>
+    <row r="196" spans="1:7" ht="105" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A196" s="15"/>
+      <c r="B196" s="25" t="s">
+        <v>227</v>
+      </c>
+      <c r="C196" s="26" t="s">
+        <v>232</v>
+      </c>
+      <c r="D196" s="10" t="s">
+        <v>234</v>
+      </c>
+      <c r="E196" s="11">
+        <v>23</v>
+      </c>
+      <c r="F196" s="27" t="s">
+        <v>238</v>
+      </c>
+      <c r="G196" s="12">
+        <v>485000</v>
+      </c>
+    </row>
+    <row r="197" spans="1:7" ht="110.25" hidden="1" outlineLevel="1" x14ac:dyDescent="0.25">
+      <c r="A197" s="4">
+        <v>170</v>
+      </c>
+      <c r="B197" s="22" t="s">
         <v>223</v>
       </c>
-      <c r="G187" s="12">
-[...19 lines deleted...]
-      <c r="D188" s="27" t="s">
+      <c r="C197" s="23" t="s">
         <v>224</v>
       </c>
-      <c r="E188" s="7" t="s">
-[...23 lines deleted...]
-      <c r="D189" s="10" t="s">
+      <c r="D197" s="24" t="s">
+        <v>225</v>
+      </c>
+      <c r="E197" s="34" t="s">
+        <v>7</v>
+      </c>
+      <c r="F197" s="7"/>
+      <c r="G197" s="13">
+        <v>3314000</v>
+      </c>
+    </row>
+    <row r="198" spans="1:7" ht="112.5" customHeight="1" collapsed="1" x14ac:dyDescent="0.25">
+      <c r="A198" s="15"/>
+      <c r="B198" s="25" t="s">
+        <v>223</v>
+      </c>
+      <c r="C198" s="26" t="s">
         <v>224</v>
       </c>
-      <c r="E189" s="11">
-[...2 lines deleted...]
-      <c r="F189" s="30" t="s">
+      <c r="D198" s="10" t="s">
         <v>225</v>
       </c>
-      <c r="G189" s="12">
-[...19 lines deleted...]
-      <c r="D190" s="27" t="s">
+      <c r="E198" s="11">
+        <v>24</v>
+      </c>
+      <c r="F198" s="27" t="s">
         <v>226</v>
       </c>
-      <c r="E190" s="7" t="s">
-[...317 lines deleted...]
-        <v>7</v>
+      <c r="G198" s="12">
+        <v>3314000</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A5:I5"/>
-[...9 lines deleted...]
-    <mergeCell ref="G4:G5"/>
+  <autoFilter ref="A4:G4"/>
+  <mergeCells count="1">
+    <mergeCell ref="A1:G1"/>
   </mergeCells>
   <pageMargins left="0.62992125984251968" right="0.23622047244094491" top="0.74803149606299213" bottom="0.74803149606299213" header="0.31496062992125984" footer="0.31496062992125984"/>
-  <pageSetup paperSize="9" scale="33" fitToHeight="0" orientation="portrait" r:id="rId1"/>
+  <pageSetup paperSize="9" scale="39" fitToHeight="0" orientation="portrait" r:id="rId1"/>
   <headerFooter>
     <oddFooter>&amp;CСтраница  &amp;P из &amp;N</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Листы</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Именованные диапазоны</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>