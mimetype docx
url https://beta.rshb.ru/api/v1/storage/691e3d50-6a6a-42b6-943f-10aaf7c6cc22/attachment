--- v0 (2025-10-08)
+++ v1 (2026-01-08)
@@ -34,51 +34,51 @@
         <w:tblLook w:val="01E0" w:firstRow="1" w:lastRow="1" w:firstColumn="1" w:lastColumn="1" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="14728"/>
       </w:tblGrid>
       <w:tr>
         <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="315"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:shd w:val="clear" w:color="auto" w:fill="76923c"/>
             <w:tcBorders>
               <w:top w:val="none" w:color="000000" w:sz="0" w:space="0"/>
               <w:left w:val="none" w:color="000000" w:sz="0" w:space="0"/>
               <w:bottom w:val="none" w:color="000000" w:sz="0" w:space="0"/>
               <w:right w:val="none" w:color="000000" w:sz="0" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="14728" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
-              <w:pStyle w:val="835"/>
+              <w:pStyle w:val="853"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">                                               Перечень страховых организаций, отвечающих требованиям АО «Россельхозбанк»</w:t>
             </w:r>
             <w:r/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="13324" w:type="dxa"/>
         <w:tblInd w:w="392" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
@@ -226,333 +226,50 @@
       </w:tr>
       <w:tr>
         <w:tblPrEx/>
         <w:trPr>
           <w:cantSplit/>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r/>
-            <w:r/>
-[...281 lines deleted...]
-            <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">СПАО «Ингосстрах»</w:t>
             </w:r>
             <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
@@ -606,244 +323,261 @@
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">115035, Москва, ул. Пятницкая, д.12, стр. 2</w:t>
             </w:r>
             <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
-                <w:rStyle w:val="817"/>
+                <w:rStyle w:val="835"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="817"/>
+                <w:rStyle w:val="835"/>
               </w:rPr>
               <w:t xml:space="preserve">https://www.ingos.ru</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="817"/>
+                <w:rStyle w:val="835"/>
               </w:rPr>
-            </w:r>
-[...133 lines deleted...]
-              <w:t xml:space="preserve">https</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="817"/>
-[...12 lines deleted...]
-                <w:rStyle w:val="817"/>
+                <w:rStyle w:val="835"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="251"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:r>
-              <w:t xml:space="preserve">5</w:t>
+              <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">АО «СОГАЗ»</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">15.09.2026</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7736035485</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">107078, Москва, проспект Академика Сахарова, д. 10</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">https</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+              <w:t xml:space="preserve">://</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">www.sogaz.ru</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx/>
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
             <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2693" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">АО СК «РСХБ-Страхование»</w:t>
             </w:r>
             <w:r/>
             <w:r/>
           </w:p>
         </w:tc>
@@ -920,67 +654,369 @@
           </w:tcPr>
           <w:p>
             <w:r>
               <w:t xml:space="preserve">119034, Москва, Гагаринский пер., д. 3</w:t>
             </w:r>
             <w:r/>
             <w:r/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
             <w:tcW w:w="2409" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:textDirection w:val="lrTb"/>
             <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:rPr>
-                <w:rStyle w:val="817"/>
+                <w:rStyle w:val="835"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="817"/>
+                <w:rStyle w:val="835"/>
               </w:rPr>
               <w:t xml:space="preserve">https://www.rshbins.ru</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="817"/>
+                <w:rStyle w:val="835"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="817"/>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx/>
+        <w:trPr>
+          <w:cantSplit/>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">4</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">АО «АльфаСтрахование»</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25.12.2026</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7713056834</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">115280, Москва, проспект Лихачёва, д. 15, пом. 2/15</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r/>
+            <w:hyperlink r:id="rId8" w:tooltip="https://www.alfastrah.ru" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rStyle w:val="835"/>
+                </w:rPr>
+                <w:t xml:space="preserve">https://www.alfastrah.ru</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:tblPrEx/>
+        <w:trPr>
+          <w:trHeight w:val="251"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">5</w:t>
+            </w:r>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">САО «РЕСО-Гарантия»</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="1560" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">25.12.2026</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="1275" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">7710045520</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="4962" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:t xml:space="preserve">117105, Москва, Нагорный пр., д. 6</w:t>
+            </w:r>
+            <w:r/>
+            <w:r/>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:left w:val="none" w:color="FFFFFF" w:sz="255" w:space="0"/>
+              <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+              <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
+            </w:tcBorders>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:textDirection w:val="lrTb"/>
+            <w:noWrap w:val="false"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+              <w:t xml:space="preserve">https://www.reso.ru</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="835"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:bookmarkStart w:id="0" w:name="_GoBack"/>
       <w:r/>
       <w:bookmarkEnd w:id="0"/>
       <w:r/>
       <w:r/>
     </w:p>
     <w:p>
       <w:r/>
       <w:r/>
@@ -1300,769 +1336,770 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="character" w:styleId="14">
+  <w:style w:type="character" w:styleId="654">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="654"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="672"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="16">
+  <w:style w:type="character" w:styleId="655">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="655"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="673"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="18">
+  <w:style w:type="character" w:styleId="656">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="656"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="674"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="20">
+  <w:style w:type="character" w:styleId="657">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="657"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="675"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="22">
+  <w:style w:type="character" w:styleId="658">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="658"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="676"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="24">
+  <w:style w:type="character" w:styleId="659">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="659"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="677"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="26">
+  <w:style w:type="character" w:styleId="660">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="660"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="678"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="28">
+  <w:style w:type="character" w:styleId="661">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="661"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="679"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="30">
+  <w:style w:type="character" w:styleId="662">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="662"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="680"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="35">
+  <w:style w:type="character" w:styleId="663">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="677"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="695"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="37">
+  <w:style w:type="character" w:styleId="664">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="679"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="697"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="39">
+  <w:style w:type="character" w:styleId="665">
     <w:name w:val="Quote Char"/>
-    <w:link w:val="681"/>
+    <w:link w:val="699"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="41">
+  <w:style w:type="character" w:styleId="666">
     <w:name w:val="Intense Quote Char"/>
-    <w:link w:val="683"/>
+    <w:link w:val="701"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="43">
+  <w:style w:type="character" w:styleId="667">
     <w:name w:val="Header Char"/>
-    <w:basedOn w:val="663"/>
-[...3 lines deleted...]
-  <w:style w:type="character" w:styleId="47">
+    <w:basedOn w:val="681"/>
+    <w:link w:val="703"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="character" w:styleId="668">
     <w:name w:val="Caption Char"/>
-    <w:basedOn w:val="663"/>
-    <w:link w:val="689"/>
+    <w:basedOn w:val="681"/>
+    <w:link w:val="707"/>
     <w:uiPriority w:val="35"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4f81bd" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="176">
+  <w:style w:type="character" w:styleId="669">
     <w:name w:val="Footnote Text Char"/>
-    <w:link w:val="818"/>
+    <w:link w:val="836"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="179">
+  <w:style w:type="character" w:styleId="670">
     <w:name w:val="Endnote Text Char"/>
-    <w:link w:val="821"/>
+    <w:link w:val="839"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="653" w:default="1">
+  <w:style w:type="paragraph" w:styleId="671" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Arial"/>
       <w:b/>
       <w:color w:val="4f6228"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="654">
+  <w:style w:type="paragraph" w:styleId="672">
     <w:name w:val="Heading 1"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="666"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="684"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="480" w:after="200"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="655">
+  <w:style w:type="paragraph" w:styleId="673">
     <w:name w:val="Heading 2"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="667"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="685"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="360" w:after="200"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="656">
+  <w:style w:type="paragraph" w:styleId="674">
     <w:name w:val="Heading 3"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="668"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="686"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="657">
+  <w:style w:type="paragraph" w:styleId="675">
     <w:name w:val="Heading 4"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="669"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="687"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="658">
+  <w:style w:type="paragraph" w:styleId="676">
     <w:name w:val="Heading 5"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="670"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="688"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="659">
+  <w:style w:type="paragraph" w:styleId="677">
     <w:name w:val="Heading 6"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="671"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="689"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="660">
+  <w:style w:type="paragraph" w:styleId="678">
     <w:name w:val="Heading 7"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="672"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="690"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="661">
+  <w:style w:type="paragraph" w:styleId="679">
     <w:name w:val="Heading 8"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="673"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="691"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="662">
+  <w:style w:type="paragraph" w:styleId="680">
     <w:name w:val="Heading 9"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="674"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="692"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepLines/>
       <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="663" w:default="1">
+  <w:style w:type="character" w:styleId="681" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="664" w:default="1">
+  <w:style w:type="table" w:styleId="682" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="665" w:default="1">
+  <w:style w:type="numbering" w:styleId="683" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="666" w:customStyle="1">
+  <w:style w:type="character" w:styleId="684" w:customStyle="1">
     <w:name w:val="Заголовок 1 Знак"/>
-    <w:link w:val="654"/>
+    <w:link w:val="672"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="667" w:customStyle="1">
+  <w:style w:type="character" w:styleId="685" w:customStyle="1">
     <w:name w:val="Заголовок 2 Знак"/>
-    <w:link w:val="655"/>
+    <w:link w:val="673"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="668" w:customStyle="1">
+  <w:style w:type="character" w:styleId="686" w:customStyle="1">
     <w:name w:val="Заголовок 3 Знак"/>
-    <w:link w:val="656"/>
+    <w:link w:val="674"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="669" w:customStyle="1">
+  <w:style w:type="character" w:styleId="687" w:customStyle="1">
     <w:name w:val="Заголовок 4 Знак"/>
-    <w:link w:val="657"/>
+    <w:link w:val="675"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="670" w:customStyle="1">
+  <w:style w:type="character" w:styleId="688" w:customStyle="1">
     <w:name w:val="Заголовок 5 Знак"/>
-    <w:link w:val="658"/>
+    <w:link w:val="676"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="671" w:customStyle="1">
+  <w:style w:type="character" w:styleId="689" w:customStyle="1">
     <w:name w:val="Заголовок 6 Знак"/>
-    <w:link w:val="659"/>
+    <w:link w:val="677"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="672" w:customStyle="1">
+  <w:style w:type="character" w:styleId="690" w:customStyle="1">
     <w:name w:val="Заголовок 7 Знак"/>
-    <w:link w:val="660"/>
+    <w:link w:val="678"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="673" w:customStyle="1">
+  <w:style w:type="character" w:styleId="691" w:customStyle="1">
     <w:name w:val="Заголовок 8 Знак"/>
-    <w:link w:val="661"/>
+    <w:link w:val="679"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="674" w:customStyle="1">
+  <w:style w:type="character" w:styleId="692" w:customStyle="1">
     <w:name w:val="Заголовок 9 Знак"/>
-    <w:link w:val="662"/>
+    <w:link w:val="680"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="675">
+  <w:style w:type="paragraph" w:styleId="693">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="653"/>
+    <w:basedOn w:val="671"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
       <w:contextualSpacing/>
       <w:ind w:left="720"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="676">
+  <w:style w:type="paragraph" w:styleId="694">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="677">
+  <w:style w:type="paragraph" w:styleId="695">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="678"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="696"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
       <w:contextualSpacing/>
       <w:spacing w:before="300" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="678" w:customStyle="1">
+  <w:style w:type="character" w:styleId="696" w:customStyle="1">
     <w:name w:val="Заголовок Знак"/>
-    <w:link w:val="677"/>
+    <w:link w:val="695"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="679">
+  <w:style w:type="paragraph" w:styleId="697">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="680"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="698"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="680" w:customStyle="1">
+  <w:style w:type="character" w:styleId="698" w:customStyle="1">
     <w:name w:val="Подзаголовок Знак"/>
-    <w:link w:val="679"/>
+    <w:link w:val="697"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="681">
+  <w:style w:type="paragraph" w:styleId="699">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="682"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="700"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="682" w:customStyle="1">
+  <w:style w:type="character" w:styleId="700" w:customStyle="1">
     <w:name w:val="Цитата 2 Знак"/>
-    <w:link w:val="681"/>
+    <w:link w:val="699"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="683">
+  <w:style w:type="paragraph" w:styleId="701">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="653"/>
-[...1 lines deleted...]
-    <w:link w:val="684"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="702"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720" w:right="720"/>
       <w:shd w:val="clear" w:color="auto" w:fill="f2f2f2"/>
       <w:pBdr>
         <w:top w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
         <w:left w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
         <w:right w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
       </w:pBdr>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="684" w:customStyle="1">
+  <w:style w:type="character" w:styleId="702" w:customStyle="1">
     <w:name w:val="Выделенная цитата Знак"/>
-    <w:link w:val="683"/>
+    <w:link w:val="701"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="685">
+  <w:style w:type="paragraph" w:styleId="703">
     <w:name w:val="Header"/>
-    <w:basedOn w:val="653"/>
-    <w:link w:val="686"/>
+    <w:basedOn w:val="671"/>
+    <w:link w:val="704"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="7143" w:leader="none"/>
         <w:tab w:val="right" w:pos="14287" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="686" w:customStyle="1">
+  <w:style w:type="character" w:styleId="704" w:customStyle="1">
     <w:name w:val="Верхний колонтитул Знак"/>
-    <w:link w:val="685"/>
-[...2 lines deleted...]
-  <w:style w:type="paragraph" w:styleId="687">
+    <w:link w:val="703"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="705">
     <w:name w:val="Footer"/>
-    <w:basedOn w:val="653"/>
-    <w:link w:val="690"/>
+    <w:basedOn w:val="671"/>
+    <w:link w:val="708"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="7143" w:leader="none"/>
         <w:tab w:val="right" w:pos="14287" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="688" w:customStyle="1">
+  <w:style w:type="character" w:styleId="706" w:customStyle="1">
     <w:name w:val="Footer Char"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="689">
+  <w:style w:type="paragraph" w:styleId="707">
     <w:name w:val="Caption"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
+    <w:link w:val="668"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:bCs/>
       <w:color w:val="4f81bd" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="690" w:customStyle="1">
+  <w:style w:type="character" w:styleId="708" w:customStyle="1">
     <w:name w:val="Нижний колонтитул Знак"/>
-    <w:link w:val="687"/>
-[...2 lines deleted...]
-  <w:style w:type="table" w:styleId="691">
+    <w:link w:val="705"/>
+    <w:uiPriority w:val="99"/>
+  </w:style>
+  <w:style w:type="table" w:styleId="709">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="664"/>
+    <w:basedOn w:val="682"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20"/>
       <w:widowControl w:val="off"/>
       <w:tabs>
         <w:tab w:val="left" w:pos="8600" w:leader="none"/>
         <w:tab w:val="left" w:pos="8903" w:leader="none"/>
       </w:tabs>
     </w:pPr>
     <w:tblPr/>
   </w:style>
-  <w:style w:type="table" w:styleId="692" w:customStyle="1">
+  <w:style w:type="table" w:styleId="710" w:customStyle="1">
     <w:name w:val="Table Grid Light"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="693">
+  <w:style w:type="table" w:styleId="711">
     <w:name w:val="Plain Table 1"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="AFAFAF" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -2081,51 +2118,51 @@
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="694">
+  <w:style w:type="table" w:styleId="712">
     <w:name w:val="Plain Table 2"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
@@ -2162,51 +2199,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="695">
+  <w:style w:type="table" w:styleId="713">
     <w:name w:val="Plain Table 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
@@ -2241,51 +2278,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="696">
+  <w:style w:type="table" w:styleId="714">
     <w:name w:val="Plain Table 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
@@ -2300,51 +2337,51 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="697">
+  <w:style w:type="table" w:styleId="715">
     <w:name w:val="Plain Table 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f2f2f2" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
@@ -2390,51 +2427,51 @@
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="698">
+  <w:style w:type="table" w:styleId="716">
     <w:name w:val="Grid Table 1 Light"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="989898" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -2457,51 +2494,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="699" w:customStyle="1">
+  <w:style w:type="table" w:styleId="717" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -2524,51 +2561,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="97B4D8" w:themeColor="accent1" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="700" w:customStyle="1">
+  <w:style w:type="table" w:styleId="718" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -2591,51 +2628,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="DA9896" w:themeColor="accent2" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="701" w:customStyle="1">
+  <w:style w:type="table" w:styleId="719" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -2658,51 +2695,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="C4D79D" w:themeColor="accent3" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="702" w:customStyle="1">
+  <w:style w:type="table" w:styleId="720" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -2725,51 +2762,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="B4A4C8" w:themeColor="accent4" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="703" w:customStyle="1">
+  <w:style w:type="table" w:styleId="721" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -2792,51 +2829,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="95CEDD" w:themeColor="accent5" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="704" w:customStyle="1">
+  <w:style w:type="table" w:styleId="722" w:customStyle="1">
     <w:name w:val="Grid Table 1 Light - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -2859,51 +2896,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="FAC192" w:themeColor="accent6" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="705">
+  <w:style w:type="table" w:styleId="723">
     <w:name w:val="Grid Table 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -2941,51 +2978,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="706" w:customStyle="1">
+  <w:style w:type="table" w:styleId="724" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3023,51 +3060,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="707" w:customStyle="1">
+  <w:style w:type="table" w:styleId="725" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3105,51 +3142,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="708" w:customStyle="1">
+  <w:style w:type="table" w:styleId="726" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3187,51 +3224,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="709" w:customStyle="1">
+  <w:style w:type="table" w:styleId="727" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3269,51 +3306,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="710" w:customStyle="1">
+  <w:style w:type="table" w:styleId="728" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3351,51 +3388,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="711" w:customStyle="1">
+  <w:style w:type="table" w:styleId="729" w:customStyle="1">
     <w:name w:val="Grid Table 2 - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3433,51 +3470,51 @@
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="712">
+  <w:style w:type="table" w:styleId="730">
     <w:name w:val="Grid Table 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="6A6A6A" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3536,51 +3573,51 @@
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="713" w:customStyle="1">
+  <w:style w:type="table" w:styleId="731" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3639,51 +3676,51 @@
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="714" w:customStyle="1">
+  <w:style w:type="table" w:styleId="732" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3742,51 +3779,51 @@
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="715" w:customStyle="1">
+  <w:style w:type="table" w:styleId="733" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3845,51 +3882,51 @@
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="716" w:customStyle="1">
+  <w:style w:type="table" w:styleId="734" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -3948,51 +3985,51 @@
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="717" w:customStyle="1">
+  <w:style w:type="table" w:styleId="735" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -4051,51 +4088,51 @@
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="718" w:customStyle="1">
+  <w:style w:type="table" w:styleId="736" w:customStyle="1">
     <w:name w:val="Grid Table 3 - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -4154,51 +4191,51 @@
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:fill="auto"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="719">
+  <w:style w:type="table" w:styleId="737">
     <w:name w:val="Grid Table 4"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -4237,51 +4274,51 @@
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="720" w:customStyle="1">
+  <w:style w:type="table" w:styleId="738" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 1"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -4320,51 +4357,51 @@
           <w:top w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="5D8AC2" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="721" w:customStyle="1">
+  <w:style w:type="table" w:styleId="739" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 2"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -4403,51 +4440,51 @@
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="722" w:customStyle="1">
+  <w:style w:type="table" w:styleId="740" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 3"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -4486,51 +4523,51 @@
           <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="723" w:customStyle="1">
+  <w:style w:type="table" w:styleId="741" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 4"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -4569,51 +4606,51 @@
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="724" w:customStyle="1">
+  <w:style w:type="table" w:styleId="742" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 5"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -4652,51 +4689,51 @@
           <w:top w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="725" w:customStyle="1">
+  <w:style w:type="table" w:styleId="743" w:customStyle="1">
     <w:name w:val="Grid Table 4 - Accent 6"/>
     <w:uiPriority w:val="59"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -4735,51 +4772,51 @@
           <w:top w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="726">
+  <w:style w:type="table" w:styleId="744">
     <w:name w:val="Grid Table 5 Dark"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="8a8a8a" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
@@ -4816,51 +4853,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="727" w:customStyle="1">
+  <w:style w:type="table" w:styleId="745" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="dae5f1" w:themeColor="accent1" w:themeTint="34" w:fill="dae5f1" w:themeFill="accent1" w:themeFillTint="34"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="aec4e0" w:themeColor="accent1" w:themeTint="75" w:fill="aec4e0" w:themeFill="accent1" w:themeFillTint="75"/>
@@ -4897,51 +4934,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="728" w:customStyle="1">
+  <w:style w:type="table" w:styleId="746" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="f2dcdc" w:themeColor="accent2" w:themeTint="32" w:fill="f2dcdc" w:themeFill="accent2" w:themeFillTint="32"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="e2aead" w:themeColor="accent2" w:themeTint="75" w:fill="e2aead" w:themeFill="accent2" w:themeFillTint="75"/>
@@ -4978,51 +5015,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="c0504d" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="c0504d" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="729" w:customStyle="1">
+  <w:style w:type="table" w:styleId="747" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="eaf1dc" w:themeColor="accent3" w:themeTint="34" w:fill="eaf1dc" w:themeFill="accent3" w:themeFillTint="34"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d0dfb2" w:themeColor="accent3" w:themeTint="75" w:fill="d0dfb2" w:themeFill="accent3" w:themeFillTint="75"/>
@@ -5059,51 +5096,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9bbb59" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9bbb59" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="730" w:customStyle="1">
+  <w:style w:type="table" w:styleId="748" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="e5dfec" w:themeColor="accent4" w:themeTint="34" w:fill="e5dfec" w:themeFill="accent4" w:themeFillTint="34"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="c4b7d4" w:themeColor="accent4" w:themeTint="75" w:fill="c4b7d4" w:themeFill="accent4" w:themeFillTint="75"/>
@@ -5140,51 +5177,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8064a2" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8064a2" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="731" w:customStyle="1">
+  <w:style w:type="table" w:styleId="749" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="daeef3" w:themeColor="accent5" w:themeTint="34" w:fill="daeef3" w:themeFill="accent5" w:themeFillTint="34"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="acd8e4" w:themeColor="accent5" w:themeTint="75" w:fill="acd8e4" w:themeFill="accent5" w:themeFillTint="75"/>
@@ -5221,51 +5258,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="732" w:customStyle="1">
+  <w:style w:type="table" w:styleId="750" w:customStyle="1">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="fde9d8" w:themeColor="accent6" w:themeTint="34" w:fill="fde9d8" w:themeFill="accent6" w:themeFillTint="34"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="fbceaa" w:themeColor="accent6" w:themeTint="75" w:fill="fbceaa" w:themeFill="accent6" w:themeFillTint="75"/>
@@ -5302,51 +5339,51 @@
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="733">
+  <w:style w:type="table" w:styleId="751">
     <w:name w:val="Grid Table 6 Colorful"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
@@ -5376,51 +5413,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="734" w:customStyle="1">
+  <w:style w:type="table" w:styleId="752" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
@@ -5450,51 +5487,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="735" w:customStyle="1">
+  <w:style w:type="table" w:styleId="753" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
@@ -5524,51 +5561,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="736" w:customStyle="1">
+  <w:style w:type="table" w:styleId="754" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
@@ -5598,51 +5635,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="737" w:customStyle="1">
+  <w:style w:type="table" w:styleId="755" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
@@ -5672,51 +5709,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="738" w:customStyle="1">
+  <w:style w:type="table" w:styleId="756" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
@@ -5746,51 +5783,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="739" w:customStyle="1">
+  <w:style w:type="table" w:styleId="757" w:customStyle="1">
     <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
@@ -5820,51 +5857,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="740">
+  <w:style w:type="table" w:styleId="758">
     <w:name w:val="Grid Table 7 Colorful"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -5934,51 +5971,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="741" w:customStyle="1">
+  <w:style w:type="table" w:styleId="759" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -6048,51 +6085,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="a6bfdd" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="A6BFDD" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="742" w:customStyle="1">
+  <w:style w:type="table" w:styleId="760" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -6162,51 +6199,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="743" w:customStyle="1">
+  <w:style w:type="table" w:styleId="761" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -6276,51 +6313,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="9abb59" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="9ABB59" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="744" w:customStyle="1">
+  <w:style w:type="table" w:styleId="762" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -6390,51 +6427,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="745" w:customStyle="1">
+  <w:style w:type="table" w:styleId="763" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -6504,51 +6541,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="266779" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="746" w:customStyle="1">
+  <w:style w:type="table" w:styleId="764" w:customStyle="1">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -6618,51 +6655,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="b15407" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="747">
+  <w:style w:type="table" w:styleId="765">
     <w:name w:val="List Table 1 Light"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -6683,51 +6720,51 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="748" w:customStyle="1">
+  <w:style w:type="table" w:styleId="766" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d2dfee" w:themeColor="accent1" w:themeTint="40" w:fill="d2dfee" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d2dfee" w:themeColor="accent1" w:themeTint="40" w:fill="d2dfee" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -6748,51 +6785,51 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="749" w:customStyle="1">
+  <w:style w:type="table" w:styleId="767" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="efd2d2" w:themeColor="accent2" w:themeTint="40" w:fill="efd2d2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="efd2d2" w:themeColor="accent2" w:themeTint="40" w:fill="efd2d2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -6813,51 +6850,51 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="C0504D" w:themeColor="accent2" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="750" w:customStyle="1">
+  <w:style w:type="table" w:styleId="768" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5eed5" w:themeColor="accent3" w:themeTint="40" w:fill="e5eed5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5eed5" w:themeColor="accent3" w:themeTint="40" w:fill="e5eed5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -6878,51 +6915,51 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="9BBB59" w:themeColor="accent3" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="751" w:customStyle="1">
+  <w:style w:type="table" w:styleId="769" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="dfd8e7" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="dfd8e7" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -6943,51 +6980,51 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="8064A2" w:themeColor="accent4" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="752" w:customStyle="1">
+  <w:style w:type="table" w:styleId="770" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d1eaf0" w:themeColor="accent5" w:themeTint="40" w:fill="d1eaf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d1eaf0" w:themeColor="accent5" w:themeTint="40" w:fill="d1eaf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -7008,51 +7045,51 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="4BACC6" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="753" w:customStyle="1">
+  <w:style w:type="table" w:styleId="771" w:customStyle="1">
     <w:name w:val="List Table 1 Light - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde4d0" w:themeColor="accent6" w:themeTint="40" w:fill="fde4d0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde4d0" w:themeColor="accent6" w:themeTint="40" w:fill="fde4d0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
@@ -7073,51 +7110,51 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="F79646" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="754">
+  <w:style w:type="table" w:styleId="772">
     <w:name w:val="List Table 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -7161,51 +7198,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="6F6F6F" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="755" w:customStyle="1">
+  <w:style w:type="table" w:styleId="773" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -7249,51 +7286,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="756" w:customStyle="1">
+  <w:style w:type="table" w:styleId="774" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -7337,51 +7374,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="757" w:customStyle="1">
+  <w:style w:type="table" w:styleId="775" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -7425,51 +7462,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="758" w:customStyle="1">
+  <w:style w:type="table" w:styleId="776" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -7513,51 +7550,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="759" w:customStyle="1">
+  <w:style w:type="table" w:styleId="777" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -7601,51 +7638,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="760" w:customStyle="1">
+  <w:style w:type="table" w:styleId="778" w:customStyle="1">
     <w:name w:val="List Table 2 - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
@@ -7689,51 +7726,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="761">
+  <w:style w:type="table" w:styleId="779">
     <w:name w:val="List Table 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -7765,51 +7802,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="762" w:customStyle="1">
+  <w:style w:type="table" w:styleId="780" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -7841,51 +7878,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="763" w:customStyle="1">
+  <w:style w:type="table" w:styleId="781" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -7917,51 +7954,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="764" w:customStyle="1">
+  <w:style w:type="table" w:styleId="782" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -7993,51 +8030,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="765" w:customStyle="1">
+  <w:style w:type="table" w:styleId="783" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -8069,51 +8106,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="766" w:customStyle="1">
+  <w:style w:type="table" w:styleId="784" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -8145,51 +8182,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="767" w:customStyle="1">
+  <w:style w:type="table" w:styleId="785" w:customStyle="1">
     <w:name w:val="List Table 3 - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -8221,51 +8258,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="768">
+  <w:style w:type="table" w:styleId="786">
     <w:name w:val="List Table 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -8292,51 +8329,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="000000" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="769" w:customStyle="1">
+  <w:style w:type="table" w:styleId="787" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="9BB7D9" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -8363,51 +8400,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="770" w:customStyle="1">
+  <w:style w:type="table" w:styleId="788" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="DB9B9A" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -8434,51 +8471,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="c0504d" w:themeColor="accent2" w:fill="c0504d" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="771" w:customStyle="1">
+  <w:style w:type="table" w:styleId="789" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="C6D8A1" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -8505,51 +8542,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9bbb59" w:themeColor="accent3" w:fill="9bbb59" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="772" w:customStyle="1">
+  <w:style w:type="table" w:styleId="790" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B7A7CA" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -8576,51 +8613,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="8064a2" w:themeColor="accent4" w:fill="8064a2" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="773" w:customStyle="1">
+  <w:style w:type="table" w:styleId="791" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="99D0DE" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -8647,51 +8684,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="774" w:customStyle="1">
+  <w:style w:type="table" w:styleId="792" w:customStyle="1">
     <w:name w:val="List Table 4 - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FAC396" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -8718,51 +8755,51 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="775">
+  <w:style w:type="table" w:styleId="793">
     <w:name w:val="List Table 5 Dark"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
@@ -8820,51 +8857,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="776" w:customStyle="1">
+  <w:style w:type="table" w:styleId="794" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
@@ -8922,51 +8959,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="4f81bd" w:themeColor="accent1" w:fill="4f81bd" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="777" w:customStyle="1">
+  <w:style w:type="table" w:styleId="795" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
@@ -9024,51 +9061,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="778" w:customStyle="1">
+  <w:style w:type="table" w:styleId="796" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
@@ -9126,51 +9163,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="c3d69b" w:themeColor="accent3" w:themeTint="98" w:fill="c3d69b" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="779" w:customStyle="1">
+  <w:style w:type="table" w:styleId="797" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
@@ -9228,51 +9265,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="780" w:customStyle="1">
+  <w:style w:type="table" w:styleId="798" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
@@ -9330,51 +9367,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:fill="92ccdc" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="781" w:customStyle="1">
+  <w:style w:type="table" w:styleId="799" w:customStyle="1">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
@@ -9432,51 +9469,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="fac090" w:themeColor="accent6" w:themeTint="98" w:fill="fac090" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FFFFFF" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="782">
+  <w:style w:type="table" w:styleId="800">
     <w:name w:val="List Table 6 Colorful"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="000000" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
@@ -9507,51 +9544,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="783" w:customStyle="1">
+  <w:style w:type="table" w:styleId="801" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d2dfee" w:themeColor="accent1" w:themeTint="40" w:fill="d2dfee" w:themeFill="accent1" w:themeFillTint="40"/>
@@ -9582,51 +9619,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="784" w:customStyle="1">
+  <w:style w:type="table" w:styleId="802" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="efd2d2" w:themeColor="accent2" w:themeTint="40" w:fill="efd2d2" w:themeFill="accent2" w:themeFillTint="40"/>
@@ -9657,51 +9694,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="785" w:customStyle="1">
+  <w:style w:type="table" w:styleId="803" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5eed5" w:themeColor="accent3" w:themeTint="40" w:fill="e5eed5" w:themeFill="accent3" w:themeFillTint="40"/>
@@ -9732,51 +9769,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="786" w:customStyle="1">
+  <w:style w:type="table" w:styleId="804" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dfd8e7" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e7" w:themeFill="accent4" w:themeFillTint="40"/>
@@ -9807,51 +9844,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="787" w:customStyle="1">
+  <w:style w:type="table" w:styleId="805" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d1eaf0" w:themeColor="accent5" w:themeTint="40" w:fill="d1eaf0" w:themeFill="accent5" w:themeFillTint="40"/>
@@ -9882,51 +9919,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="788" w:customStyle="1">
+  <w:style w:type="table" w:styleId="806" w:customStyle="1">
     <w:name w:val="List Table 6 Colorful - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde4d0" w:themeColor="accent6" w:themeTint="40" w:fill="fde4d0" w:themeFill="accent6" w:themeFillTint="40"/>
@@ -9957,51 +9994,51 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="789">
+  <w:style w:type="table" w:styleId="807">
     <w:name w:val="List Table 7 Colorful"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="bfbfbf" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
@@ -10068,51 +10105,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="7f7f7f" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="790" w:customStyle="1">
+  <w:style w:type="table" w:styleId="808" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d2dfee" w:themeColor="accent1" w:themeTint="40" w:fill="d2dfee" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
@@ -10179,51 +10216,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="2a4a71" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="791" w:customStyle="1">
+  <w:style w:type="table" w:styleId="809" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="efd2d2" w:themeColor="accent2" w:themeTint="40" w:fill="efd2d2" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
@@ -10290,51 +10327,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="d99695" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="792" w:customStyle="1">
+  <w:style w:type="table" w:styleId="810" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="e5eed5" w:themeColor="accent3" w:themeTint="40" w:fill="e5eed5" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
@@ -10401,51 +10438,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c3d69b" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="793" w:customStyle="1">
+  <w:style w:type="table" w:styleId="811" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="dfd8e7" w:themeColor="accent4" w:themeTint="40" w:fill="dfd8e7" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
@@ -10512,51 +10549,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="794" w:customStyle="1">
+  <w:style w:type="table" w:styleId="812" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d1eaf0" w:themeColor="accent5" w:themeTint="40" w:fill="d1eaf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
@@ -10623,51 +10660,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="92ccdc" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="795" w:customStyle="1">
+  <w:style w:type="table" w:styleId="813" w:customStyle="1">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="fde4d0" w:themeColor="accent6" w:themeTint="40" w:fill="fde4d0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
@@ -10734,51 +10771,51 @@
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="fac090" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="796" w:customStyle="1">
+  <w:style w:type="table" w:styleId="814" w:customStyle="1">
     <w:name w:val="Lined - Accent"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -10827,51 +10864,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="797" w:customStyle="1">
+  <w:style w:type="table" w:styleId="815" w:customStyle="1">
     <w:name w:val="Lined - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -10920,51 +10957,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="5d8ac2" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8ac2" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5d8ac2" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8ac2" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5d8ac2" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8ac2" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="798" w:customStyle="1">
+  <w:style w:type="table" w:styleId="816" w:customStyle="1">
     <w:name w:val="Lined - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -11013,51 +11050,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="799" w:customStyle="1">
+  <w:style w:type="table" w:styleId="817" w:customStyle="1">
     <w:name w:val="Lined - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -11106,51 +11143,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="9abb59" w:themeColor="accent3" w:themeTint="FE" w:fill="9abb59" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9abb59" w:themeColor="accent3" w:themeTint="FE" w:fill="9abb59" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9abb59" w:themeColor="accent3" w:themeTint="FE" w:fill="9abb59" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="800" w:customStyle="1">
+  <w:style w:type="table" w:styleId="818" w:customStyle="1">
     <w:name w:val="Lined - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -11199,51 +11236,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="801" w:customStyle="1">
+  <w:style w:type="table" w:styleId="819" w:customStyle="1">
     <w:name w:val="Lined - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -11292,51 +11329,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="802" w:customStyle="1">
+  <w:style w:type="table" w:styleId="820" w:customStyle="1">
     <w:name w:val="Lined - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -11385,51 +11422,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="803" w:customStyle="1">
+  <w:style w:type="table" w:styleId="821" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="595959" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -11486,51 +11523,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="7f7f7f" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="804" w:customStyle="1">
+  <w:style w:type="table" w:styleId="822" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="2A4A71" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -11587,51 +11624,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="5d8ac2" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8ac2" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5d8ac2" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8ac2" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="5d8ac2" w:themeColor="accent1" w:themeTint="EA" w:fill="5d8ac2" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="805" w:customStyle="1">
+  <w:style w:type="table" w:styleId="823" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="732A29" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="732A29" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="732A29" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="732A29" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="732A29" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="732A29" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -11688,51 +11725,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="d99695" w:themeColor="accent2" w:themeTint="97" w:fill="d99695" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="806" w:customStyle="1">
+  <w:style w:type="table" w:styleId="824" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="5B722E" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="5B722E" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="5B722E" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="5B722E" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="5B722E" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="5B722E" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -11789,51 +11826,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="9abb59" w:themeColor="accent3" w:themeTint="FE" w:fill="9abb59" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9abb59" w:themeColor="accent3" w:themeTint="FE" w:fill="9abb59" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="9abb59" w:themeColor="accent3" w:themeTint="FE" w:fill="9abb59" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="807" w:customStyle="1">
+  <w:style w:type="table" w:styleId="825" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="4A395F" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="4A395F" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="4A395F" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="4A395F" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="4A395F" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="4A395F" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -11890,51 +11927,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="b2a1c6" w:themeColor="accent4" w:themeTint="9A" w:fill="b2a1c6" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="808" w:customStyle="1">
+  <w:style w:type="table" w:styleId="826" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="266779" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="266779" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="266779" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="266779" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="266779" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="266779" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -11991,51 +12028,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="4bacc6" w:themeColor="accent5" w:fill="4bacc6" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="809" w:customStyle="1">
+  <w:style w:type="table" w:styleId="827" w:customStyle="1">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:color w:val="404040"/>
       <w:lang w:eastAsia="ru-RU"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B15407" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B15407" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B15407" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B15407" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B15407" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B15407" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
@@ -12092,51 +12129,51 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="f79646" w:themeColor="accent6" w:fill="f79646" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="810" w:customStyle="1">
+  <w:style w:type="table" w:styleId="828" w:customStyle="1">
     <w:name w:val="Bordered"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D9D9D9" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -12173,51 +12210,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="7F7F7F" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="811" w:customStyle="1">
+  <w:style w:type="table" w:styleId="829" w:customStyle="1">
     <w:name w:val="Bordered - Accent 1"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B7CBE4" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -12254,51 +12291,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="4F81BD" w:themeColor="accent1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="812" w:customStyle="1">
+  <w:style w:type="table" w:styleId="830" w:customStyle="1">
     <w:name w:val="Bordered - Accent 2"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="E5B7B6" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -12335,51 +12372,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="D99695" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="813" w:customStyle="1">
+  <w:style w:type="table" w:styleId="831" w:customStyle="1">
     <w:name w:val="Bordered - Accent 3"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="D6E3BB" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -12416,51 +12453,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="C3D69B" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="814" w:customStyle="1">
+  <w:style w:type="table" w:styleId="832" w:customStyle="1">
     <w:name w:val="Bordered - Accent 4"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="CBC0D9" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -12497,51 +12534,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="B2A1C6" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="815" w:customStyle="1">
+  <w:style w:type="table" w:styleId="833" w:customStyle="1">
     <w:name w:val="Bordered - Accent 5"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="B6DDE8" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -12578,51 +12615,51 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="92CCDC" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="816" w:customStyle="1">
+  <w:style w:type="table" w:styleId="834" w:customStyle="1">
     <w:name w:val="Bordered - Accent 6"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="FBD4B4" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="0" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
@@ -12659,296 +12696,296 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="FAC090" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="817">
+  <w:style w:type="character" w:styleId="835">
     <w:name w:val="Hyperlink"/>
     <w:rPr>
       <w:color w:val="0000ff"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="818">
+  <w:style w:type="paragraph" w:styleId="836">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="653"/>
-    <w:link w:val="819"/>
+    <w:basedOn w:val="671"/>
+    <w:link w:val="837"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="819" w:customStyle="1">
+  <w:style w:type="character" w:styleId="837" w:customStyle="1">
     <w:name w:val="Текст сноски Знак"/>
-    <w:link w:val="818"/>
+    <w:link w:val="836"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="820">
+  <w:style w:type="character" w:styleId="838">
     <w:name w:val="footnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="821">
+  <w:style w:type="paragraph" w:styleId="839">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="653"/>
-    <w:link w:val="822"/>
+    <w:basedOn w:val="671"/>
+    <w:link w:val="840"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="character" w:styleId="822" w:customStyle="1">
+  <w:style w:type="character" w:styleId="840" w:customStyle="1">
     <w:name w:val="Текст концевой сноски Знак"/>
-    <w:link w:val="821"/>
+    <w:link w:val="839"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="823">
+  <w:style w:type="character" w:styleId="841">
     <w:name w:val="endnote reference"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="824">
+  <w:style w:type="paragraph" w:styleId="842">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="825">
+  <w:style w:type="paragraph" w:styleId="843">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="283"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="826">
+  <w:style w:type="paragraph" w:styleId="844">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="567"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="827">
+  <w:style w:type="paragraph" w:styleId="845">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="850"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="828">
+  <w:style w:type="paragraph" w:styleId="846">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="1134"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="829">
+  <w:style w:type="paragraph" w:styleId="847">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="1417"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="830">
+  <w:style w:type="paragraph" w:styleId="848">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="1701"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="831">
+  <w:style w:type="paragraph" w:styleId="849">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="1984"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="832">
+  <w:style w:type="paragraph" w:styleId="850">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:ind w:left="2268"/>
       <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="833">
+  <w:style w:type="paragraph" w:styleId="851">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="834">
+  <w:style w:type="paragraph" w:styleId="852">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="653"/>
-    <w:next w:val="653"/>
+    <w:basedOn w:val="671"/>
+    <w:next w:val="671"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="835">
+  <w:style w:type="paragraph" w:styleId="853">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="653"/>
+    <w:basedOn w:val="671"/>
     <w:pPr>
       <w:ind w:firstLine="720"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="0"/>
       <w:color w:val="000000"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="836">
+  <w:style w:type="paragraph" w:styleId="854">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="653"/>
+    <w:basedOn w:val="671"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="837">
+  <w:style w:type="paragraph" w:styleId="855">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="653"/>
-    <w:link w:val="838"/>
+    <w:basedOn w:val="671"/>
+    <w:link w:val="856"/>
     <w:pPr>
       <w:ind w:left="283"/>
       <w:spacing w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:color w:val="ffffff"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="838" w:customStyle="1">
+  <w:style w:type="character" w:styleId="856" w:customStyle="1">
     <w:name w:val="Основной текст с отступом Знак"/>
-    <w:link w:val="837"/>
+    <w:link w:val="855"/>
     <w:rPr>
       <w:b/>
       <w:color w:val="ffffff"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="839">
+  <w:style w:type="character" w:styleId="857">
     <w:name w:val="Strong"/>
     <w:qFormat/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="840">
+  <w:style w:type="paragraph" w:styleId="858">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="653"/>
+    <w:basedOn w:val="671"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="841">
+  <w:style w:type="character" w:styleId="859">
     <w:name w:val="FollowedHyperlink"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.alfastrah.ru" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>