--- v0 (2025-12-04)
+++ v1 (2026-01-06)
@@ -12,872 +12,871 @@
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?> <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"> <Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/> <Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/> <Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:body>
     <w:p>
       <w:pPr>
+        <w:widowControl w:val="off"/>
         <w:jc w:val="center"/>
-        <w:widowControl w:val="off"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">И</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">нформация об условиях предоставления, использования и возврата </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
+        <w:widowControl w:val="off"/>
         <w:jc w:val="center"/>
-        <w:widowControl w:val="off"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">кредитных средств по потребительским кредитам АО «</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">Россельхозбанк</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve">»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="1036"/>
+          <w:rStyle w:val="1051"/>
           <w:b/>
         </w:rPr>
         <w:footnoteReference w:id="2"/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r/>
     </w:p>
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="1033"/>
+        <w:pStyle w:val="1048"/>
         <w:widowControl w:val="off"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblInd w:w="-431" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="75" w:type="dxa"/>
           <w:right w:w="75" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="568"/>
         <w:gridCol w:w="3260"/>
         <w:gridCol w:w="7168"/>
       </w:tblGrid>
       <w:tr>
-        <w:tblPrEx/>
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
+        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="center"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">№ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">п/п</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="center"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Наименование условия</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="center"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Содержание условия</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
-        <w:tblPrEx/>
         <w:trPr>
           <w:tblHeader/>
         </w:trPr>
+        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="center"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="center"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="center"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Наименование кредитора, место нахождения постоянно действующего исполнительного органа, контактный телефон, по которому осуществляется связь с кредитором, официальный сайт, номер лицензии на осуществление банковских операций</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Акционерное общество «Российский Сельскохозяйственный банк», АО «</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Россельхозбанк</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">» (далее – Банк)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Российская Федерация, 119034, г. Москва, Гагаринский переулок, д. 3</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">8 800 100-0-100, </w:t>
             </w:r>
             <w:hyperlink r:id="rId14" w:tooltip="http://www.rshb.ru" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="1071"/>
+                  <w:rStyle w:val="1086"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t xml:space="preserve">www.rshb.ru</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Генеральная лицензия Банка России №3349 (Бессрочная) от 12.08.2015</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">2.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Требования к заемщику, выполнение которых является обязательным для предоставления потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Гражданство</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">, постоянная регистрация</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Российская Федерация</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="1036"/>
+                <w:rStyle w:val="1051"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:footnoteReference w:id="3"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (далее – РФ)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Возраст</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">на момент заявки </w:t>
@@ -896,52 +895,52 @@
               </w:rPr>
               <w:t xml:space="preserve">23 </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">лет</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">на момент возврата кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
@@ -978,106 +977,106 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">для пенсионеров</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="1036"/>
+                <w:rStyle w:val="1051"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:footnoteReference w:id="4"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Наличие трудового стажа </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> для </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">граждан, </w:t>
@@ -1166,52 +1165,52 @@
               </w:rPr>
               <w:t xml:space="preserve">за последние 5 лет </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(в зависимости от категории клиента)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">для </w:t>
@@ -1265,52 +1264,52 @@
               </w:rPr>
               <w:t xml:space="preserve">облагаемой</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> налогом на профессиональный доход</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">для неработающих пенсионеров требования </w:t>
@@ -1323,538 +1322,538 @@
               <w:t xml:space="preserve">по стажу </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">отсутствуют</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">3.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Сроки рассмотрения оформленного заемщиком заявления о предоставлении потребительского кредита и принятия кредитором решения</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">относительно этого заявления, а также перечень документов, необходимых для рассмотрения заявления, в том числе для оценки кредитоспособности заемщика</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Срок рассмотрения заявки</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> – до 3 рабочих дней c момента предоставления полного комплекта документов </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(срок рассмотрения заявки может бы</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ть изменен по усмотрению Банка)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Перечень документов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> анкета-заявление на предоставление кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> документ, удостоверяющий личность</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> документ, подтверждающий доход</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> иные документы при необходимости </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(подробный перечень документов размещен на сайте Банка)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">4.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Виды потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve">Виды</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t xml:space="preserve"> кредита</w:t>
             </w:r>
@@ -1932,50 +1931,58 @@
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱ </w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve">р</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ефинансирование потребительских кредитов</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rStyle w:val="1051"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:footnoteReference w:id="5"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="single"/>
               </w:rPr>
@@ -2027,83 +2034,94 @@
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Кредит потребительский</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Потребительский кредит на рефинансирование</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
-              </w:rPr>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:vertAlign w:val="superscript"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
@@ -2143,68 +2161,55 @@
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Потребительский кредит с льготной процентной ставкой для граждан </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Российской Федерации на повышение уровня благоустройства домовладений</w:t>
             </w:r>
             <w:r>
               <w:rPr>
+                <w:rStyle w:val="1051"/>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-            </w:r>
-[...13 lines deleted...]
-              </w:rPr>
+              <w:footnoteReference w:id="6"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -2213,776 +2218,787 @@
               <w:t xml:space="preserve">⸱ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Кредит для глав крестьянского (фермерского) хозяйства</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
-        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="2862"/>
         </w:trPr>
+        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">5.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Суммы потребительского кредита и сроки его возврата</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="1064"/>
+              <w:tblStyle w:val="1079"/>
               <w:tblW w:w="7005" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4170"/>
               <w:gridCol w:w="1559"/>
               <w:gridCol w:w="1276"/>
             </w:tblGrid>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Продукт</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1559" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
+                    <w:widowControl w:val="off"/>
                     <w:jc w:val="center"/>
-                    <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Сумма кредита</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
                 <w:p>
                   <w:pPr>
+                    <w:widowControl w:val="off"/>
                     <w:jc w:val="center"/>
-                    <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">(руб. вкл.)</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
+                    <w:widowControl w:val="off"/>
                     <w:jc w:val="center"/>
-                    <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Срок </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">к</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">редита</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> (мес. вкл.)</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит потребительский</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1559" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">30 тыс.</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> – 5</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">,0 млн </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">6</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> – 60 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит на рефинансирование</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
-                    </w:rPr>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">4</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1559" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">30 тыс.</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> – 3</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">,0 млн </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">13 – 60 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит потребительский «Газомоторное топливо</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">»</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1559" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">30 – 300 тыс</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">.</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">13 – </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">36 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
+              <w:trPr/>
               <w:tblPrEx/>
-              <w:trPr/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит с льготной процентной ставкой для граждан Российской Федерации на повышение уровня благоустройства домовладений</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1559" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">30 – 700 тыс. </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
@@ -2999,136 +3015,136 @@
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">13</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> – 60 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
+              <w:trPr/>
               <w:tblPrEx/>
-              <w:trPr/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит для глав крестьянского (фермерского) хозяйства</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1559" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">100 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">тыс. – </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
@@ -3139,53 +3155,53 @@
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> млн</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="1276" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">13 – 36</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
@@ -3204,277 +3220,277 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">6.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Валюты, в которых предоставляется потребительский кредит</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Рубли РФ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">7.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Способы предоставления потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Единовременно в полной сумме путем зачисления су</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ммы кредита на банковский счет з</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">аемщика</w:t>
@@ -3501,417 +3517,417 @@
               <w:t xml:space="preserve">ными средствами осуществляется з</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">аемщиком в наличном и/или безналичном порядке</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
-        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="2710"/>
         </w:trPr>
+        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">8.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Процентные ставки в процентах годовых, а при применении переменных процентных ставок – порядок их определения, соответст</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">вующий требованиям </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Федерального закона № 353-ФЗ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="1064"/>
+              <w:tblStyle w:val="1079"/>
               <w:tblW w:w="7005" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4170"/>
               <w:gridCol w:w="2835"/>
             </w:tblGrid>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Продукт</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Процентные ставки, % годовых</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="427"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит потребительский</w:t>
                   </w:r>
                   <w:bookmarkStart w:id="0" w:name="_Ref158394513"/>
                   <w:r>
                     <w:rPr>
-                      <w:rStyle w:val="1036"/>
-[...3 lines deleted...]
-                    <w:footnoteReference w:id="6"/>
+                      <w:rStyle w:val="1051"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:footnoteReference w:id="7"/>
                   </w:r>
                   <w:bookmarkEnd w:id="0"/>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">23</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">,0 - 35,9</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит на рефинансирование</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t xml:space="preserve">5</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                     <w:t xml:space="preserve">,</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
-                      <w:rStyle w:val="1036"/>
-[...3 lines deleted...]
-                    <w:footnoteReference w:id="7"/>
+                      <w:rStyle w:val="1051"/>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="22"/>
+                    </w:rPr>
+                    <w:footnoteReference w:id="8"/>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">24</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">,5 - 31,</w:t>
@@ -3920,362 +3936,347 @@
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">0</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит потребительский «Газомоторное топливо</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">»</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                       <w:vertAlign w:val="superscript"/>
                     </w:rPr>
-                  </w:r>
-[...5 lines deleted...]
-                    </w:rPr>
                     <w:t xml:space="preserve">5</w:t>
-                  </w:r>
-[...6 lines deleted...]
-                    </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">27,9</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит с льготной процентной ставкой для граждан Российской Федерации на повышение уровня благоустройства домовладений при невыполнении условий субсидирования</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">33,00</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит с льготной процентной ставкой для граждан Российской Федерации на повышение уровня благоустройства домовладений при условии выполнения условий субсидирования</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">3,25 – 5,0</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит для глав крестьянского (фермерского) хозяйства</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">32,9 </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
@@ -4295,150 +4296,150 @@
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Переменные процентные ставки – не применимо</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">8.1.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Дата, начиная с которой начисляются проценты за пользование потребительским кредитом, или порядок ее определения</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Проценты за пользование </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">к</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">редитом начисляются, начиная с даты, следующей за </w:t>
@@ -4507,432 +4508,432 @@
               <w:t xml:space="preserve">ата зачисления кредита на счет з</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">аемщика</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">9.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Виды и суммы иных платежей заемщика по договору потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Не применимо</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
-        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="2722"/>
         </w:trPr>
+        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">10.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Диапазоны значений полной стоимости потребительского кредита </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(далее – ПСК)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, определенных с учетом требований Федерального закона № 353-ФЗ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="1064"/>
+              <w:tblStyle w:val="1079"/>
               <w:tblW w:w="7005" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="4170"/>
               <w:gridCol w:w="2835"/>
             </w:tblGrid>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Продукт</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">ПСК</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">, % годовых</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит потребительский</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">23</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:b w:val="0"/>
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
@@ -4964,453 +4965,463 @@
                       <w:color w:val="000000" w:themeColor="text1"/>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
                     <w:t xml:space="preserve">,400</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                       <w:highlight w:val="white"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит на рефинансирование</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
-                    </w:rPr>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">4</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                     <w:t xml:space="preserve">25,307 — 39,850</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="18"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит потребительский «Газомоторное топливо</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">»</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">28,314 – 33,400</w:t>
                   </w:r>
                   <w:bookmarkStart w:id="1" w:name="_GoBack"/>
-                  <w:r/>
                   <w:bookmarkEnd w:id="1"/>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит с льготной процентной ставкой для граждан Российской Федерации на повышение уровня благоустройства домовладений при невыполнении условий субсидирования</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:vMerge w:val="restart"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:vMerge w:val="restart"/>
-[...1 lines deleted...]
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">33,014 - 38,410</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит с льготной процентной ставкой для граждан Российской Федерации на повышение уровня благоустройства домовладений при условии выполнения условий субсидирования</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">3,875</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> – </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">7,300</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="4170" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит для глав крестьянс</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">кого (фермерского) хозяйства</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="2835" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                       <w:highlight w:val="red"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                       <w:highlight w:val="none"/>
                     </w:rPr>
                     <w:t xml:space="preserve">32,9</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                       <w:highlight w:val="none"/>
                     </w:rPr>
                     <w:t xml:space="preserve">00</w:t>
@@ -5429,52 +5440,52 @@
                       <w:szCs w:val="22"/>
                       <w:highlight w:val="none"/>
                     </w:rPr>
                     <w:t xml:space="preserve">00</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                       <w:highlight w:val="red"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                       <w:highlight w:val="red"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
           </w:tbl>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Итоговая процентная ставка и ПСК рассчитываются индивидуально</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> и</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -5482,52 +5493,52 @@
               </w:rPr>
               <w:t xml:space="preserve">указываются в кредитном договоре</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ПСК </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">составляет </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">не более предельного</w:t>
@@ -5603,106 +5614,106 @@
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">договора потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
-        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="339"/>
         </w:trPr>
+        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">11.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Периодичность платежей заемщика при возврате</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -5726,114 +5737,114 @@
               <w:t xml:space="preserve">и</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> иных платежей по кредиту</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ежемесячно дифференцированными или </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">аннуитетными</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">платежами (по выбору заемщика)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Заемщик вправе досрочно исполни</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ть </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">свои обязательства по возврату к</w:t>
@@ -5888,210 +5899,210 @@
               <w:t xml:space="preserve">редита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="18"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">12.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Способы возврата заемщиком потребительского кредита, уплаты процентов по нему, включая бесплатный способ исполнения заемщиком обязательств по договору потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Пополнение с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">чета осуществляется посредством</w:t>
             </w:r>
             <w:bookmarkStart w:id="2" w:name="_Ref159243586"/>
             <w:r>
               <w:rPr>
-                <w:rStyle w:val="1036"/>
-[...3 lines deleted...]
-              <w:footnoteReference w:id="8"/>
+                <w:rStyle w:val="1051"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:footnoteReference w:id="9"/>
             </w:r>
             <w:bookmarkEnd w:id="2"/>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">несения наличных денежных средств в </w:t>
@@ -6103,52 +6114,52 @@
               </w:rPr>
               <w:t xml:space="preserve">любом офисе</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Банка</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">несения наличных денежных средств с использование</w:t>
@@ -6188,52 +6199,52 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Банка</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">несения наличных денежных средств без использования платежных карт с указанием реквизито</w:t>
@@ -6266,52 +6277,52 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Банка</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">в</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">несения наличных денежных средств с использование</w:t>
@@ -6323,95 +6334,95 @@
               </w:rPr>
               <w:t xml:space="preserve">м платежных карт, выпущенных к с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">чету, в любых банкоматах </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Банка</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, имеющих функции п</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">риема наличных денежных средств</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> б</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">езналичного перевода денежных</w:t>
@@ -6465,52 +6476,52 @@
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Банка, в котором открыт иной счет</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> б</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">езналичного перевода денежных средств с иного счета с использованием дебетовых платежных карт, выпущенных к иному счету, в любых банкоматах </w:t>
@@ -6523,150 +6534,150 @@
               <w:t xml:space="preserve">Банка</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">  </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">13.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Сроки, в течение которых заемщик вправе отказаться от получения потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Заемщик вправе отказаться от получения </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">к</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">редита </w:t>
@@ -6707,278 +6718,278 @@
               <w:t xml:space="preserve">с</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">чет путем предоставления в Банк письменного заявления в произвольной форме</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">14.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Способы обеспечения исполнения обязательств по договору потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Обеспечение в виде залога ликвидного имущества и/или поручительства физического или юридического лица не требуется</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">15.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ответственность заемщика за ненадлежащее исполнение договора потребительского кредита, размеры неустойки (штрафа, пени), порядок ее расчета, а также информация о том, в каких случаях данные санкции могут быть применены.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Размер неустойки за просроченную задолженность по ос</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">новному долгу и (или) процентам определяется </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">т</w:t>
@@ -7011,52 +7022,52 @@
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Неустойка начисляется ежедневно на сумму просроченной задолженности по основному долгу и процентам за каждый календарный день просрочки исполнения обязательств по уплате денежных средств, начиная со дня, следующего за установленной </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">договором </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">потребительского кредита соответствующей </w:t>
@@ -7075,223 +7086,223 @@
               </w:rPr>
               <w:t xml:space="preserve">атой платежа</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">В период с даты предоставления кредита по дату окончания начисления процентов составляет 20 % годовых</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">В период с даты, следующей за датой окончания начисления процентов, и по дату фактического возврата Банку кредита в полном объеме составляет 0,1 % от суммы просроченной задолженности за каждый календарный день просрочки (нарушения обязательства)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">16.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Информация об иных договорах, которые з</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">аемщик обязан заключить, и (или) иных услугах, которые он обязан получить в связи с договором потребительского кредита, а также информация о возможности заемщика согласиться с заключением таких договоров и (или) оказанием таких услуг либо отказаться от них</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Договор</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> банковского счета в валюте кредита</w:t>
             </w:r>
             <w:r>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
@@ -7349,413 +7360,413 @@
               <w:t xml:space="preserve">в Банке </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">в валюте кредита)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">17.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Информация о возможном увеличении суммы расходов заемщика по сравнению с ожидаемой суммой расходов в рублях, в том числе при применении</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> переменной процентной ставки, а также информация о том, что изменение курса иностранной валюты в прошлом не свидетельствует об изменении ее курса в будущем, и информация о повышенных рисках заемщика, получающего доходы в валюте, отличной от валюты кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Не применимо</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">18.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Информация </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">об определении курса иностранной валюты в случае, если валюта, в которой осуществляется перевод денежных средств кредитором третьему лицу, указанному заемщиком при предоставлении потребительского кредита, может отличаться от валюты потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Не применимо</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">19.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Информация о возможности запрета уступки кредитором третьим лицам прав (требований) по договору потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Предусмотрена возможность запрета или согласия заемщика на уступку прав требований. При этом согласие на уступку предоставляется только </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">юридическому лиц</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -7765,369 +7776,380 @@
               <w:t xml:space="preserve">у, осуществляющему профессиональную деятельность по предоставлению потребительских займов, и(или) юридическому лицу, осуществляющему деятельность по возврату просроченной задолженности физических лиц в качестве основного вида деятельности, и (или) специали</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">зированному финансовому обществ</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
-        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="3181"/>
         </w:trPr>
+        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">20.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Порядок предоставления заемщиком информации об использовании потребительского кредита (при включении в договор потребительского кредита условия об использовании заемщиком полученного потребительского кредита на определенные цели).</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:tbl>
             <w:tblPr>
-              <w:tblStyle w:val="1064"/>
+              <w:tblStyle w:val="1079"/>
               <w:tblW w:w="7005" w:type="dxa"/>
               <w:tblLayout w:type="fixed"/>
               <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
             </w:tblPr>
             <w:tblGrid>
               <w:gridCol w:w="3886"/>
               <w:gridCol w:w="3119"/>
             </w:tblGrid>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3886" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Продукт</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3119" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Порядок</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3886" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит потребительский</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3119" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">не </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">применимо</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3886" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит на рефинансирование</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
-                    </w:rPr>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                    <w:t xml:space="preserve">4</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
+                    </w:rPr>
+                  </w:r>
+                  <w:r>
+                    <w:rPr>
+                      <w:sz w:val="18"/>
+                      <w:szCs w:val="22"/>
+                      <w:vertAlign w:val="superscript"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3119" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">описан в</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> разд</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
@@ -8158,103 +8180,103 @@
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">потребительских кредитов</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3886" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит потребительский «Газомоторное топливо</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">»</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3119" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">описан в разделе </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">7</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
@@ -8278,96 +8300,96 @@
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">потребительских целевых кредитов физическим лицам</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3886" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Потребительский кредит с льготной процентной ставкой для граждан Российской Федерации на повышение уровня благоустройства домовладений</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3119" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">описан в разделе </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">7 Правил предоставления</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
@@ -8384,96 +8406,96 @@
                     <w:t xml:space="preserve">потребительских целевых кредитов физическим лицам</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve"> </w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
             </w:tr>
             <w:tr>
-              <w:tblPrEx/>
               <w:trPr>
                 <w:trHeight w:val="397"/>
               </w:trPr>
+              <w:tblPrEx/>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3886" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">Кредит для глав крестьянского (фермерского) хозяйства</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                 </w:p>
               </w:tc>
               <w:tc>
                 <w:tcPr>
                   <w:tcW w:w="3119" w:type="dxa"/>
+                  <w:noWrap w:val="false"/>
+                  <w:textDirection w:val="lrTb"/>
                   <w:vAlign w:val="center"/>
-                  <w:textDirection w:val="lrTb"/>
-                  <w:noWrap w:val="false"/>
                 </w:tcPr>
                 <w:p>
                   <w:pPr>
                     <w:widowControl w:val="off"/>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:pPr>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                     <w:t xml:space="preserve">не применимо</w:t>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
                       <w:szCs w:val="22"/>
                     </w:rPr>
                   </w:r>
                   <w:r>
                     <w:rPr>
                       <w:sz w:val="18"/>
@@ -8492,147 +8514,147 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
-        <w:tblPrEx/>
         <w:trPr>
           <w:trHeight w:val="2338"/>
         </w:trPr>
+        <w:tblPrEx/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">21.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Подсудность споров по искам кредитора к заемщику</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Любой спор, возникающий по </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">договору</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -8866,145 +8888,145 @@
               <w:t xml:space="preserve"> по месту получения заемщиком оферты </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">(предложения заключить договор)) </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">22.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Формуляры или иные стандартные формы, в которых определены общие условия договора потребительского кредита</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱ </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Правил</w:t>
             </w:r>
             <w:r>
               <w:rPr>
@@ -9100,52 +9122,52 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">цам</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">⸱ Кредитный договор (</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">применяемый в рамках продукта «Кредит для глав крестьянского (фермерского) хозяйства»),</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -9153,294 +9175,294 @@
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w14:ligatures w14:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">индивидуально размещенные на странице каждого пр</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">одукта на сайте Банка (при доступности указанных продуктов)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">23.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Информация о праве заемщика обратиться к кредитору с требованием, указанным в части 1 статьи 6.1-2 Федерального закона № 353-ФЗ, и об условиях, при наступлении которых у заемщика возникает соответствующее право</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="auto" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="auto" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Подробнее по адресу</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:hyperlink r:id="rId15" w:tooltip="https://www.rshb.ru/natural/support-measures" w:history="1">
               <w:r>
                 <w:rPr>
-                  <w:rStyle w:val="1071"/>
+                  <w:rStyle w:val="1086"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                 </w:rPr>
                 <w:t xml:space="preserve">https://www.rshb.ru/natural/support-measures</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
+        <w:trPr/>
         <w:tblPrEx/>
-        <w:trPr/>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="568" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="568" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">24.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="3260" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Информация о правах </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
@@ -9510,96 +9532,96 @@
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
+            <w:tcW w:w="7168" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
               <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
               <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
             </w:tcBorders>
-            <w:tcW w:w="7168" w:type="dxa"/>
-            <w:vMerge w:val="restart"/>
+            <w:noWrap w:val="false"/>
             <w:textDirection w:val="lrTb"/>
-            <w:noWrap w:val="false"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Заемщик имеет право:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -9660,52 +9682,52 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- оспорить </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -9766,114 +9788,114 @@
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
               <w:t xml:space="preserve">Банк: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
@@ -9953,52 +9975,52 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:r>
           </w:p>
           <w:p>
             <w:pPr>
+              <w:widowControl w:val="off"/>
               <w:jc w:val="both"/>
-              <w:widowControl w:val="off"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">- не вправе требовать исполнения заемщиком обязательств по договору потребительского кредита (займа) в соответствии с </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
@@ -10040,294 +10062,287 @@
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:i w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:highlight w:val="none"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
-        <w:ind w:left="5387" w:right="-5"/>
         <w:widowControl w:val="off"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="9356" w:leader="none"/>
         </w:tabs>
+        <w:ind w:left="5387" w:right="-5"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r/>
     </w:p>
     <w:sectPr>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footnotePr/>
       <w:endnotePr/>
       <w:type w:val="nextPage"/>
       <w:pgSz w:w="11907" w:h="16840" w:orient="portrait"/>
       <w:pgMar w:top="1135" w:right="425" w:bottom="1135" w:left="851" w:header="568" w:footer="636" w:gutter="0"/>
       <w:cols w:num="1" w:sep="0" w:space="708" w:equalWidth="1"/>
       <w:docGrid w:linePitch="360"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p>
       <w:r>
         <w:separator/>
       </w:r>
-      <w:r/>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-      <w:r/>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" mc:Ignorable="w14 w15">
   <w:font w:name="Wingdings">
-    <w:panose1 w:val="05010000000000000000"/>
+    <w:panose1 w:val="05000000000000000000"/>
   </w:font>
   <w:font w:name="Courier New">
-    <w:panose1 w:val="02070409020205020404"/>
+    <w:panose1 w:val="02070309020205020404"/>
   </w:font>
   <w:font w:name="Symbol">
-    <w:panose1 w:val="05010000000000000000"/>
+    <w:panose1 w:val="05050102010706020507"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
   </w:font>
   <w:font w:name="Times New Roman CYR">
     <w:panose1 w:val="02020603050405020304"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
   </w:font>
   <w:font w:name="Peterburg">
     <w:panose1 w:val="02000603000000000000"/>
   </w:font>
   <w:font w:name="ヒラギノ角ゴ Pro W3">
     <w:panose1 w:val="02000603000000000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
   </w:font>
   <w:font w:name="Arial Unicode MS">
-    <w:panose1 w:val="020B0506020203020204"/>
+    <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="1044"/>
+      <w:pStyle w:val="1059"/>
       <w:jc w:val="both"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="1044"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="1059"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="1058"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="1044"/>
+      <w:pStyle w:val="1059"/>
       <w:ind w:right="360"/>
     </w:pPr>
-    <w:r/>
-    <w:r/>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p>
       <w:r>
         <w:separator/>
       </w:r>
-      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
-      <w:r/>
     </w:p>
   </w:footnote>
   <w:footnote w:id="2">
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="1042"/>
+        <w:pStyle w:val="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="1036"/>
+          <w:rStyle w:val="1051"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Информация размещается в соответствии с частью 4 статьи 5 Федерального закона от 21.12.2013 № 353-ФЗ «О потребительском кредите (займе)» (далее – Федеральный закон № 353-ФЗ).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="3">
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="1042"/>
+        <w:pStyle w:val="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="1036"/>
+          <w:rStyle w:val="1051"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> По продукту «Потребительский кредит с льготной процентной ставкой для граждан Российской Федерации на повышение уровн</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">я благоустройства домовладений»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
@@ -10362,60 +10377,61 @@
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="4">
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="1042"/>
+        <w:pStyle w:val="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="1036"/>
+          <w:rStyle w:val="1051"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> По продуктам </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">«Кредит для глав крестьянского (фермерского) хозяйства»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
@@ -10424,232 +10440,323 @@
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">«</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">Кредит потребительский «Газомоторное топливо»</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
-        <w:t xml:space="preserve">максимальный возраст на момент возврата кредита - 65 лет вкл.</w:t>
+        <w:t xml:space="preserve">максима</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">льный возраст на момент возврата кредита - 65 лет вкл.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="5">
+    <w:p>
+      <w:pPr>
+        <w:pStyle w:val="1057"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="1051"/>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Прием заявок осуществляется только на рефинансирование кредитов полученных, в  </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">АО «</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Россельхозбанк</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+        </w:rPr>
+        <w:t xml:space="preserve">».</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="18"/>
+          <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
+        </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
+          <w14:ligatures w14:val="none"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="5">
+  <w:footnote w:id="6">
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="1042"/>
+        <w:pStyle w:val="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="1036"/>
+          <w:rStyle w:val="1051"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">Прием заявок на кредитный продукт приостановлен на период отсутствия лимита субсидирования, доводимого от Минсельхоза России в Банк.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
-          <w:u w:val="single"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="6">
+  <w:footnote w:id="7">
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="1042"/>
+        <w:pStyle w:val="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="1036"/>
+          <w:rStyle w:val="1051"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> По кредитам без личного страховани</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">я применяется надбавка 5,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">% годовых.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="7">
+  <w:footnote w:id="8">
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="1042"/>
+        <w:pStyle w:val="1057"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="1036"/>
+          <w:rStyle w:val="1051"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> В случае нарушения условий по предоставлению документов, подтверждающих целевое использование кредита, применяется надбавка 3,0% годовых</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
-  <w:footnote w:id="8">
+  <w:footnote w:id="9">
     <w:p>
       <w:pPr>
-        <w:pStyle w:val="1042"/>
+        <w:pStyle w:val="1057"/>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rStyle w:val="1036"/>
+          <w:rStyle w:val="1051"/>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> Бесплатны</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">е</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve"> способ</w:t>
@@ -10667,152 +10774,148 @@
           <w:szCs w:val="18"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="18"/>
           <w:szCs w:val="18"/>
         </w:rPr>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="1041"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="1056"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="1058"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:t xml:space="preserve">5</w:t>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="1041"/>
+      <w:pStyle w:val="1056"/>
     </w:pPr>
-    <w:r/>
-    <w:r/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="1041"/>
-[...2 lines deleted...]
-      </w:rPr>
+      <w:pStyle w:val="1056"/>
       <w:framePr w:wrap="around" w:vAnchor="text" w:hAnchor="margin" w:xAlign="center" w:y="1"/>
+      <w:rPr>
+        <w:rStyle w:val="1058"/>
+      </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:instrText xml:space="preserve">PAGE  </w:instrText>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
     </w:r>
     <w:r>
       <w:rPr>
-        <w:rStyle w:val="1043"/>
+        <w:rStyle w:val="1058"/>
       </w:rPr>
     </w:r>
   </w:p>
   <w:p>
     <w:pPr>
-      <w:pStyle w:val="1041"/>
+      <w:pStyle w:val="1056"/>
     </w:pPr>
-    <w:r/>
-    <w:r/>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
   <w:abstractNum w:abstractNumId="0">
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="3"/>
       <w:numFmt w:val="decimal"/>
       <w:isLgl w:val="false"/>
       <w:suff w:val="tab"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="2"/>
       <w:numFmt w:val="decimal"/>
@@ -12873,383 +12976,383 @@
     <w:lsdException w:name="Colorful Shading Accent 5" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 5" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Shading Accent 6" w:semiHidden="0" w:uiPriority="60" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light List Accent 6" w:semiHidden="0" w:uiPriority="61" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Light Grid Accent 6" w:semiHidden="0" w:uiPriority="62" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:semiHidden="0" w:uiPriority="63" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:semiHidden="0" w:uiPriority="64" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:semiHidden="0" w:uiPriority="65" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:semiHidden="0" w:uiPriority="66" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:semiHidden="0" w:uiPriority="67" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:semiHidden="0" w:uiPriority="68" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:semiHidden="0" w:uiPriority="69" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Dark List Accent 6" w:semiHidden="0" w:uiPriority="70" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:semiHidden="0" w:uiPriority="71" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful List Accent 6" w:semiHidden="0" w:uiPriority="72" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:semiHidden="0" w:uiPriority="73" w:unhideWhenUsed="0"/>
     <w:lsdException w:name="Subtle Emphasis" w:semiHidden="0" w:uiPriority="19" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:semiHidden="0" w:uiPriority="21" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:semiHidden="0" w:uiPriority="31" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:semiHidden="0" w:uiPriority="32" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:semiHidden="0" w:uiPriority="33" w:unhideWhenUsed="0" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:uiPriority="37"/>
     <w:lsdException w:name="TOC Heading" w:uiPriority="39" w:qFormat="1"/>
   </w:latentStyles>
-  <w:style w:type="character" w:styleId="860">
+  <w:style w:type="character" w:styleId="875">
     <w:name w:val="Heading 1 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1023"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1038"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="40"/>
       <w:szCs w:val="40"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="861">
+  <w:style w:type="character" w:styleId="876">
     <w:name w:val="Heading 2 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1024"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1039"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="34"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="862">
+  <w:style w:type="paragraph" w:styleId="877">
     <w:name w:val="Heading 3"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="863"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="878"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepNext/>
       <w:keepLines/>
-      <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="863">
+  <w:style w:type="character" w:styleId="878">
     <w:name w:val="Heading 3 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="862"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="877"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:sz w:val="30"/>
       <w:szCs w:val="30"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="864">
+  <w:style w:type="character" w:styleId="879">
     <w:name w:val="Heading 4 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1025"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1040"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="865">
+  <w:style w:type="character" w:styleId="880">
     <w:name w:val="Heading 5 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1026"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1041"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="866">
+  <w:style w:type="character" w:styleId="881">
     <w:name w:val="Heading 6 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1027"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1042"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="867">
+  <w:style w:type="paragraph" w:styleId="882">
     <w:name w:val="Heading 7"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="868"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="883"/>
     <w:uiPriority w:val="9"/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepNext/>
       <w:keepLines/>
-      <w:keepNext/>
       <w:spacing w:before="320" w:after="200"/>
       <w:outlineLvl w:val="6"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="868">
+  <w:style w:type="character" w:styleId="883">
     <w:name w:val="Heading 7 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="867"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="882"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="869">
+  <w:style w:type="character" w:styleId="884">
     <w:name w:val="Heading 8 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1028"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1043"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="870">
+  <w:style w:type="character" w:styleId="885">
     <w:name w:val="Heading 9 Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1029"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1044"/>
     <w:uiPriority w:val="9"/>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:eastAsia="Arial" w:cs="Arial"/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="21"/>
       <w:szCs w:val="21"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="871">
+  <w:style w:type="paragraph" w:styleId="886">
     <w:name w:val="No Spacing"/>
     <w:uiPriority w:val="1"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="872">
+  <w:style w:type="paragraph" w:styleId="887">
     <w:name w:val="Title"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="873"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="888"/>
     <w:uiPriority w:val="10"/>
     <w:qFormat/>
     <w:pPr>
+      <w:spacing w:before="300" w:after="200"/>
       <w:contextualSpacing/>
-      <w:spacing w:before="300" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="873">
+  <w:style w:type="character" w:styleId="888">
     <w:name w:val="Title Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="872"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="887"/>
     <w:uiPriority w:val="10"/>
     <w:rPr>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="874">
+  <w:style w:type="paragraph" w:styleId="889">
     <w:name w:val="Subtitle"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="875"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="890"/>
     <w:uiPriority w:val="11"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="200" w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="875">
+  <w:style w:type="character" w:styleId="890">
     <w:name w:val="Subtitle Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="874"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="889"/>
     <w:uiPriority w:val="11"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="876">
+  <w:style w:type="paragraph" w:styleId="891">
     <w:name w:val="Quote"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="877"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="892"/>
     <w:uiPriority w:val="29"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:left="720" w:right="720"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="877">
+  <w:style w:type="character" w:styleId="892">
     <w:name w:val="Quote Char"/>
-    <w:link w:val="876"/>
+    <w:link w:val="891"/>
     <w:uiPriority w:val="29"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="878">
+  <w:style w:type="paragraph" w:styleId="893">
     <w:name w:val="Intense Quote"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="879"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="894"/>
     <w:uiPriority w:val="30"/>
     <w:qFormat/>
     <w:pPr>
-      <w:contextualSpacing w:val="0"/>
-[...1 lines deleted...]
-      <w:shd w:val="clear" w:color="auto" w:fill="f2f2f2"/>
       <w:pBdr>
         <w:top w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
         <w:left w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
         <w:bottom w:val="single" w:color="FFFFFF" w:sz="4" w:space="5"/>
         <w:right w:val="single" w:color="FFFFFF" w:sz="4" w:space="10"/>
       </w:pBdr>
+      <w:shd w:val="clear" w:color="auto" w:fill="f2f2f2"/>
+      <w:ind w:left="720" w:right="720"/>
+      <w:contextualSpacing w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="879">
+  <w:style w:type="character" w:styleId="894">
     <w:name w:val="Intense Quote Char"/>
-    <w:link w:val="878"/>
+    <w:link w:val="893"/>
     <w:uiPriority w:val="30"/>
     <w:rPr>
       <w:i/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="880">
+  <w:style w:type="character" w:styleId="895">
     <w:name w:val="Header Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1041"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1056"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="character" w:styleId="881">
+  <w:style w:type="character" w:styleId="896">
     <w:name w:val="Footer Char"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1044"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1059"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="882">
+  <w:style w:type="paragraph" w:styleId="897">
     <w:name w:val="Caption"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="883"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="898"/>
     <w:uiPriority w:val="35"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:color w:val="4f81bd" w:themeColor="accent1"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="883">
+  <w:style w:type="character" w:styleId="898">
     <w:name w:val="Caption Char"/>
-    <w:basedOn w:val="882"/>
-    <w:link w:val="1044"/>
+    <w:basedOn w:val="897"/>
+    <w:link w:val="1059"/>
     <w:uiPriority w:val="99"/>
   </w:style>
-  <w:style w:type="table" w:styleId="884">
+  <w:style w:type="table" w:styleId="899">
     <w:name w:val="Table Grid Light"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:styleId="885">
+  <w:style w:type="table" w:styleId="900">
     <w:name w:val="Plain Table 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="50" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
@@ -13270,53 +13373,53 @@
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="886">
+  <w:style w:type="table" w:styleId="901">
     <w:name w:val="Plain Table 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
@@ -13355,53 +13458,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="887">
+  <w:style w:type="table" w:styleId="902">
     <w:name w:val="Plain Table 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -13432,53 +13535,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:caps/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="888">
+  <w:style w:type="table" w:styleId="903">
     <w:name w:val="Plain Table 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -13489,141 +13592,141 @@
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="889">
+  <w:style w:type="table" w:styleId="904">
     <w:name w:val="Plain Table 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:right w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:left w:val="single" w:color="404040" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="404040" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="890">
+  <w:style w:type="table" w:styleId="905">
     <w:name w:val="Grid Table 1 Light"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -13642,53 +13745,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="891">
+  <w:style w:type="table" w:styleId="906">
     <w:name w:val="Grid Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -13707,53 +13810,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="892">
+  <w:style w:type="table" w:styleId="907">
     <w:name w:val="Grid Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -13772,53 +13875,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="893">
+  <w:style w:type="table" w:styleId="908">
     <w:name w:val="Grid Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -13837,53 +13940,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="894">
+  <w:style w:type="table" w:styleId="909">
     <w:name w:val="Grid Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -13902,53 +14005,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="895">
+  <w:style w:type="table" w:styleId="910">
     <w:name w:val="Grid Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -13967,53 +14070,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="896">
+  <w:style w:type="table" w:styleId="911">
     <w:name w:val="Grid Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -14032,1320 +14135,1320 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="95" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="897">
+  <w:style w:type="table" w:styleId="912">
     <w:name w:val="Grid Table 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="898">
+  <w:style w:type="table" w:styleId="913">
     <w:name w:val="Grid Table 2 - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="899">
+  <w:style w:type="table" w:styleId="914">
     <w:name w:val="Grid Table 2 - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="900">
+  <w:style w:type="table" w:styleId="915">
     <w:name w:val="Grid Table 2 - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="901">
+  <w:style w:type="table" w:styleId="916">
     <w:name w:val="Grid Table 2 - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="902">
+  <w:style w:type="table" w:styleId="917">
     <w:name w:val="Grid Table 2 - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="903">
+  <w:style w:type="table" w:styleId="918">
     <w:name w:val="Grid Table 2 - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="904">
+  <w:style w:type="table" w:styleId="919">
     <w:name w:val="Grid Table 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="905">
+  <w:style w:type="table" w:styleId="920">
     <w:name w:val="Grid Table 3 - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="906">
+  <w:style w:type="table" w:styleId="921">
     <w:name w:val="Grid Table 3 - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="907">
+  <w:style w:type="table" w:styleId="922">
     <w:name w:val="Grid Table 3 - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="908">
+  <w:style w:type="table" w:styleId="923">
     <w:name w:val="Grid Table 3 - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="909">
+  <w:style w:type="table" w:styleId="924">
     <w:name w:val="Grid Table 3 - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="910">
+  <w:style w:type="table" w:styleId="925">
     <w:name w:val="Grid Table 3 - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:i/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="911">
+  <w:style w:type="table" w:styleId="926">
     <w:name w:val="Grid Table 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
@@ -15353,80 +15456,80 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="912">
+  <w:style w:type="table" w:styleId="927">
     <w:name w:val="Grid Table 4 - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dfebf6" w:themeFill="accent1" w:themeFillTint="32"/>
@@ -15434,80 +15537,80 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="32" w:fill="dfebf6" w:themeFill="accent1" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="EA" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="913">
+  <w:style w:type="table" w:styleId="928">
     <w:name w:val="Grid Table 4 - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
@@ -15515,80 +15618,80 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="914">
+  <w:style w:type="table" w:styleId="929">
     <w:name w:val="Grid Table 4 - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
@@ -15596,80 +15699,80 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="915">
+  <w:style w:type="table" w:styleId="930">
     <w:name w:val="Grid Table 4 - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
@@ -15677,80 +15780,80 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="916">
+  <w:style w:type="table" w:styleId="931">
     <w:name w:val="Grid Table 4 - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
@@ -15758,80 +15861,80 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="917">
+  <w:style w:type="table" w:styleId="932">
     <w:name w:val="Grid Table 4 - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="59"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
@@ -15839,80 +15942,80 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="918">
+  <w:style w:type="table" w:styleId="933">
     <w:name w:val="Grid Table 5 Dark"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="75" w:fill="8a8a8a" w:themeFill="text1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -15938,60 +16041,60 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="919">
+  <w:style w:type="table" w:styleId="934">
     <w:name w:val="Grid Table 5 Dark- Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="75" w:fill="b4d2eb" w:themeFill="accent1" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -16017,60 +16120,60 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="920">
+  <w:style w:type="table" w:styleId="935">
     <w:name w:val="Grid Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="75" w:fill="f6c3a1" w:themeFill="accent2" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -16096,60 +16199,60 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="921">
+  <w:style w:type="table" w:styleId="936">
     <w:name w:val="Grid Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="75" w:fill="d6d6d6" w:themeFill="accent3" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -16175,60 +16278,60 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="922">
+  <w:style w:type="table" w:styleId="937">
     <w:name w:val="Grid Table 5 Dark- Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="75" w:fill="fee189" w:themeFill="accent4" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -16254,60 +16357,60 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="923">
+  <w:style w:type="table" w:styleId="938">
     <w:name w:val="Grid Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="75" w:fill="aabfe3" w:themeFill="accent5" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -16333,60 +16436,60 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="924">
+  <w:style w:type="table" w:styleId="939">
     <w:name w:val="Grid Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="75" w:fill="bedba8" w:themeFill="accent6" w:themeFillTint="75"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -16412,60 +16515,60 @@
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
+        <w:tcBorders>
+          <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
+        </w:tcBorders>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
-        <w:tcBorders>
-[...1 lines deleted...]
-        </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="925">
+  <w:style w:type="table" w:styleId="940">
     <w:name w:val="Grid Table 6 Colorful"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="34" w:fill="cbcbcb" w:themeFill="text1" w:themeFillTint="34"/>
@@ -16498,53 +16601,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="926">
+  <w:style w:type="table" w:styleId="941">
     <w:name w:val="Grid Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
@@ -16577,53 +16680,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="927">
+  <w:style w:type="table" w:styleId="942">
     <w:name w:val="Grid Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
@@ -16656,53 +16759,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="928">
+  <w:style w:type="table" w:styleId="943">
     <w:name w:val="Grid Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
@@ -16735,53 +16838,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="929">
+  <w:style w:type="table" w:styleId="944">
     <w:name w:val="Grid Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
@@ -16814,53 +16917,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="930">
+  <w:style w:type="table" w:styleId="945">
     <w:name w:val="Grid Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
@@ -16893,53 +16996,53 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="931">
+  <w:style w:type="table" w:styleId="946">
     <w:name w:val="Grid Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
@@ -16972,837 +17075,837 @@
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="932">
+  <w:style w:type="table" w:styleId="947">
     <w:name w:val="Grid Table 7 Colorful"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="0D" w:fill="f2f2f2" w:themeFill="text1" w:themeFillTint="0D"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="933">
+  <w:style w:type="table" w:styleId="948">
     <w:name w:val="Grid Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="34" w:fill="ddebf6" w:themeFill="accent1" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="317bba" w:themeColor="accent1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="934">
+  <w:style w:type="table" w:styleId="949">
     <w:name w:val="Grid Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="32" w:fill="fbe5d6" w:themeFill="accent2" w:themeFillTint="32"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="935">
+  <w:style w:type="table" w:styleId="950">
     <w:name w:val="Grid Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="34" w:fill="ededed" w:themeFill="accent3" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="606060" w:themeColor="accent3" w:themeTint="FE" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="FE" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="936">
+  <w:style w:type="table" w:styleId="951">
     <w:name w:val="Grid Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="34" w:fill="fef2cb" w:themeFill="accent4" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="937">
+  <w:style w:type="table" w:styleId="952">
     <w:name w:val="Grid Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="34" w:fill="d9e2f2" w:themeFill="accent5" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="254374" w:themeColor="accent5" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="938">
+  <w:style w:type="table" w:styleId="953">
     <w:name w:val="Grid Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="34" w:fill="e2efd8" w:themeFill="accent6" w:themeFillTint="34"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="426429" w:themeColor="accent6" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="939">
+  <w:style w:type="table" w:styleId="954">
     <w:name w:val="List Table 1 Light"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -17819,53 +17922,53 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="940">
+  <w:style w:type="table" w:styleId="955">
     <w:name w:val="List Table 1 Light - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -17882,53 +17985,53 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="941">
+  <w:style w:type="table" w:styleId="956">
     <w:name w:val="List Table 1 Light - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -17945,53 +18048,53 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="942">
+  <w:style w:type="table" w:styleId="957">
     <w:name w:val="List Table 1 Light - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -18008,53 +18111,53 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="943">
+  <w:style w:type="table" w:styleId="958">
     <w:name w:val="List Table 1 Light - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -18071,53 +18174,53 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="944">
+  <w:style w:type="table" w:styleId="959">
     <w:name w:val="List Table 1 Light - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -18134,53 +18237,53 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="945">
+  <w:style w:type="table" w:styleId="960">
     <w:name w:val="List Table 1 Light - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
@@ -18197,53 +18300,53 @@
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="946">
+  <w:style w:type="table" w:styleId="961">
     <w:name w:val="List Table 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -18283,53 +18386,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="947">
+  <w:style w:type="table" w:styleId="962">
     <w:name w:val="List Table 2 - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -18369,53 +18472,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="948">
+  <w:style w:type="table" w:styleId="963">
     <w:name w:val="List Table 2 - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -18455,53 +18558,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="949">
+  <w:style w:type="table" w:styleId="964">
     <w:name w:val="List Table 2 - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -18541,53 +18644,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="950">
+  <w:style w:type="table" w:styleId="965">
     <w:name w:val="List Table 2 - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -18627,53 +18730,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="951">
+  <w:style w:type="table" w:styleId="966">
     <w:name w:val="List Table 2 - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -18713,53 +18816,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="952">
+  <w:style w:type="table" w:styleId="967">
     <w:name w:val="List Table 2 - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
@@ -18799,53 +18902,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="953">
+  <w:style w:type="table" w:styleId="968">
     <w:name w:val="List Table 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
@@ -18873,53 +18976,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="954">
+  <w:style w:type="table" w:styleId="969">
     <w:name w:val="List Table 3 - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
@@ -18947,53 +19050,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="955">
+  <w:style w:type="table" w:styleId="970">
     <w:name w:val="List Table 3 - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
@@ -19021,53 +19124,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="956">
+  <w:style w:type="table" w:styleId="971">
     <w:name w:val="List Table 3 - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
@@ -19095,53 +19198,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="957">
+  <w:style w:type="table" w:styleId="972">
     <w:name w:val="List Table 3 - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
@@ -19169,53 +19272,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="958">
+  <w:style w:type="table" w:styleId="973">
     <w:name w:val="List Table 3 - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
@@ -19243,53 +19346,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="959">
+  <w:style w:type="table" w:styleId="974">
     <w:name w:val="List Table 3 - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
@@ -19317,53 +19420,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="960">
+  <w:style w:type="table" w:styleId="975">
     <w:name w:val="List Table 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
@@ -19386,53 +19489,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:fill="000000" w:themeFill="text1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="961">
+  <w:style w:type="table" w:styleId="976">
     <w:name w:val="List Table 4 - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
@@ -19455,53 +19558,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="962">
+  <w:style w:type="table" w:styleId="977">
     <w:name w:val="List Table 4 - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
@@ -19524,53 +19627,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:fill="ed7d31" w:themeFill="accent2"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="963">
+  <w:style w:type="table" w:styleId="978">
     <w:name w:val="List Table 4 - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
@@ -19593,53 +19696,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:fill="a5a5a5" w:themeFill="accent3"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="964">
+  <w:style w:type="table" w:styleId="979">
     <w:name w:val="List Table 4 - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
@@ -19662,53 +19765,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:fill="ffc000" w:themeFill="accent4"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="965">
+  <w:style w:type="table" w:styleId="980">
     <w:name w:val="List Table 4 - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
@@ -19731,53 +19834,53 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="966">
+  <w:style w:type="table" w:styleId="981">
     <w:name w:val="List Table 4 - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="90" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
@@ -19800,802 +19903,802 @@
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="404040"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="967">
+  <w:style w:type="table" w:styleId="982">
     <w:name w:val="List Table 5 Dark"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="968">
+  <w:style w:type="table" w:styleId="983">
     <w:name w:val="List Table 5 Dark - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:fill="5b9bd5" w:themeFill="accent1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="969">
+  <w:style w:type="table" w:styleId="984">
     <w:name w:val="List Table 5 Dark - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="970">
+  <w:style w:type="table" w:styleId="985">
     <w:name w:val="List Table 5 Dark - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="98" w:fill="c9c9c9" w:themeFill="accent3" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="971">
+  <w:style w:type="table" w:styleId="986">
     <w:name w:val="List Table 5 Dark - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="972">
+  <w:style w:type="table" w:styleId="987">
     <w:name w:val="List Table 5 Dark - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="9A" w:fill="8eabdb" w:themeFill="accent5" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="973">
+  <w:style w:type="table" w:styleId="988">
     <w:name w:val="List Table 5 Dark - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
       </w:tblBorders>
       <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Vert">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="light1" w:sz="12" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="98" w:fill="aad08f" w:themeFill="accent6" w:themeFillTint="98"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="light1" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="32" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:b/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="ffffff" w:themeColor="light1"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="974">
+  <w:style w:type="table" w:styleId="989">
     <w:name w:val="List Table 6 Colorful"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="text1"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -20622,53 +20725,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="000000" w:themeColor="text1"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="975">
+  <w:style w:type="table" w:styleId="990">
     <w:name w:val="List Table 6 Colorful - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -20695,53 +20798,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="976">
+  <w:style w:type="table" w:styleId="991">
     <w:name w:val="List Table 6 Colorful - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -20768,53 +20871,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="977">
+  <w:style w:type="table" w:styleId="992">
     <w:name w:val="List Table 6 Colorful - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -20841,53 +20944,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="978">
+  <w:style w:type="table" w:styleId="993">
     <w:name w:val="List Table 6 Colorful - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -20914,53 +21017,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="979">
+  <w:style w:type="table" w:styleId="994">
     <w:name w:val="List Table 6 Colorful - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -20987,53 +21090,53 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="980">
+  <w:style w:type="table" w:styleId="995">
     <w:name w:val="List Table 6 Colorful - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
@@ -21060,865 +21163,865 @@
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:b/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:b/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="981">
+  <w:style w:type="table" w:styleId="996">
     <w:name w:val="List Table 7 Colorful"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="40" w:fill="bfbfbf" w:themeFill="text1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="4a4a4a" w:themeColor="text1" w:themeTint="80" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="982">
+  <w:style w:type="table" w:styleId="997">
     <w:name w:val="List Table 7 Colorful - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="40" w:fill="d5e6f4" w:themeFill="accent1" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="245d8d" w:themeColor="accent1" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="983">
+  <w:style w:type="table" w:styleId="998">
     <w:name w:val="List Table 7 Colorful - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="40" w:fill="fadecb" w:themeFill="accent2" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="c95712" w:themeColor="accent2" w:themeTint="97" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="984">
+  <w:style w:type="table" w:styleId="999">
     <w:name w:val="List Table 7 Colorful - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="40" w:fill="e8e8e8" w:themeFill="accent3" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="757575" w:themeColor="accent3" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="985">
+  <w:style w:type="table" w:styleId="1000">
     <w:name w:val="List Table 7 Colorful - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="40" w:fill="ffefbf" w:themeFill="accent4" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="cd9600" w:themeColor="accent4" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="986">
+  <w:style w:type="table" w:styleId="1001">
     <w:name w:val="List Table 7 Colorful - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:themeTint="40" w:fill="cfdcf0" w:themeFill="accent5" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="335e9e" w:themeColor="accent5" w:themeTint="9A" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="987">
+  <w:style w:type="table" w:styleId="1002">
     <w:name w:val="List Table 7 Colorful - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:themeTint="40" w:fill="dbebd0" w:themeFill="accent6" w:themeFillTint="40"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band2Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:pPr>
         <w:jc w:val="right"/>
       </w:pPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="firstRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff"/>
         <w:tcBorders>
           <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:i/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
-        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="4" w:space="0"/>
           <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
           <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         </w:tcBorders>
+        <w:shd w:val="clear" w:color="ffffff" w:themeColor="light1" w:fill="ffffff" w:themeFill="light1"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="wholeTable">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="5f8f3c" w:themeColor="accent6" w:themeTint="98" w:themeShade="95"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="988">
+  <w:style w:type="table" w:styleId="1003">
     <w:name w:val="Lined - Accent"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -21962,53 +22065,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="989">
+  <w:style w:type="table" w:styleId="1004">
     <w:name w:val="Lined - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22052,53 +22155,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="990">
+  <w:style w:type="table" w:styleId="1005">
     <w:name w:val="Lined - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22142,53 +22245,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="991">
+  <w:style w:type="table" w:styleId="1006">
     <w:name w:val="Lined - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22232,53 +22335,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="992">
+  <w:style w:type="table" w:styleId="1007">
     <w:name w:val="Lined - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22322,53 +22425,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="993">
+  <w:style w:type="table" w:styleId="1008">
     <w:name w:val="Lined - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22412,53 +22515,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="994">
+  <w:style w:type="table" w:styleId="1009">
     <w:name w:val="Lined - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Vert">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
@@ -22502,53 +22605,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="995">
+  <w:style w:type="table" w:styleId="1010">
     <w:name w:val="Bordered &amp; Lined - Accent"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="A6" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -22600,53 +22703,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="text1" w:themeTint="80" w:fill="7f7f7f" w:themeFill="text1" w:themeFillTint="80"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="996">
+  <w:style w:type="table" w:styleId="1011">
     <w:name w:val="Bordered &amp; Lined - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -22698,53 +22801,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent1" w:themeTint="EA" w:fill="67a4d8" w:themeFill="accent1" w:themeFillTint="EA"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="997">
+  <w:style w:type="table" w:styleId="1012">
     <w:name w:val="Bordered &amp; Lined - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -22796,53 +22899,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent2" w:themeTint="97" w:fill="f4b185" w:themeFill="accent2" w:themeFillTint="97"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="998">
+  <w:style w:type="table" w:styleId="1013">
     <w:name w:val="Bordered &amp; Lined - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -22894,53 +22997,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent3" w:themeTint="FE" w:fill="a5a5a5" w:themeFill="accent3" w:themeFillTint="FE"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="999">
+  <w:style w:type="table" w:styleId="1014">
     <w:name w:val="Bordered &amp; Lined - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -22992,53 +23095,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent4" w:themeTint="9A" w:fill="ffd864" w:themeFill="accent4" w:themeFillTint="9A"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1000">
+  <w:style w:type="table" w:styleId="1015">
     <w:name w:val="Bordered &amp; Lined - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -23090,53 +23193,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent5" w:fill="4472c4" w:themeFill="accent5"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1001">
+  <w:style w:type="table" w:styleId="1016">
     <w:name w:val="Bordered &amp; Lined - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:color w:val="404040"/>
     </w:rPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeShade="95" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
@@ -23188,53 +23291,53 @@
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="f2f2f2"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:shd w:val="clear" w:color="ffffff" w:themeColor="accent6" w:fill="70ad47" w:themeFill="accent6"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1002">
+  <w:style w:type="table" w:styleId="1017">
     <w:name w:val="Bordered"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="26" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -23267,53 +23370,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="text1" w:themeTint="80" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1003">
+  <w:style w:type="table" w:styleId="1018">
     <w:name w:val="Bordered - Accent 1"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent1" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -23346,53 +23449,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent1" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1004">
+  <w:style w:type="table" w:styleId="1019">
     <w:name w:val="Bordered - Accent 2"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -23425,53 +23528,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent2" w:themeTint="97" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1005">
+  <w:style w:type="table" w:styleId="1020">
     <w:name w:val="Bordered - Accent 3"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -23504,53 +23607,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent3" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1006">
+  <w:style w:type="table" w:styleId="1021">
     <w:name w:val="Bordered - Accent 4"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -23583,53 +23686,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent4" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1007">
+  <w:style w:type="table" w:styleId="1022">
     <w:name w:val="Bordered - Accent 5"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -23662,53 +23765,53 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent5" w:themeTint="9A" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="table" w:styleId="1008">
+  <w:style w:type="table" w:styleId="1023">
     <w:name w:val="Bordered - Accent 6"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:uiPriority w:val="99"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="67" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="band1Horz">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
@@ -23741,768 +23844,765 @@
     <w:tblStylePr w:type="lastCol">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:left w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="lastRow">
       <w:rPr>
         <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
         <w:color w:val="404040"/>
         <w:sz w:val="22"/>
       </w:rPr>
       <w:tcPr>
         <w:tcBorders>
           <w:top w:val="single" w:color="000000" w:themeColor="accent6" w:themeTint="98" w:sz="12" w:space="0"/>
         </w:tcBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
-  <w:style w:type="character" w:styleId="1009">
+  <w:style w:type="character" w:styleId="1024">
     <w:name w:val="Footnote Text Char"/>
-    <w:link w:val="1042"/>
+    <w:link w:val="1057"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1010">
+  <w:style w:type="character" w:styleId="1025">
     <w:name w:val="Endnote Text Char"/>
-    <w:link w:val="1060"/>
+    <w:link w:val="1075"/>
     <w:uiPriority w:val="99"/>
     <w:rPr>
       <w:sz w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1011">
+  <w:style w:type="paragraph" w:styleId="1026">
     <w:name w:val="toc 1"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="0" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1012">
+  <w:style w:type="paragraph" w:styleId="1027">
     <w:name w:val="toc 2"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="283" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1013">
+  <w:style w:type="paragraph" w:styleId="1028">
     <w:name w:val="toc 3"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="567" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1014">
+  <w:style w:type="paragraph" w:styleId="1029">
     <w:name w:val="toc 4"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="850" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1015">
+  <w:style w:type="paragraph" w:styleId="1030">
     <w:name w:val="toc 5"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="1134" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1016">
+  <w:style w:type="paragraph" w:styleId="1031">
     <w:name w:val="toc 6"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="1417" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1017">
+  <w:style w:type="paragraph" w:styleId="1032">
     <w:name w:val="toc 7"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="1701" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1018">
+  <w:style w:type="paragraph" w:styleId="1033">
     <w:name w:val="toc 8"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="1984" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1019">
+  <w:style w:type="paragraph" w:styleId="1034">
     <w:name w:val="toc 9"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
     <w:pPr>
+      <w:spacing w:after="57"/>
       <w:ind w:left="2268" w:right="0" w:firstLine="0"/>
-      <w:spacing w:after="57"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1020">
+  <w:style w:type="paragraph" w:styleId="1035">
     <w:name w:val="TOC Heading"/>
     <w:uiPriority w:val="39"/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1021">
+  <w:style w:type="paragraph" w:styleId="1036">
     <w:name w:val="table of figures"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:pPr>
       <w:spacing w:after="0" w:afterAutospacing="0"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1022" w:default="1">
+  <w:style w:type="paragraph" w:styleId="1037" w:default="1">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1023">
+  <w:style w:type="paragraph" w:styleId="1038">
     <w:name w:val="Heading 1"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="1052"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="1067"/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepNext/>
       <w:jc w:val="center"/>
-      <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1024">
+  <w:style w:type="paragraph" w:styleId="1039">
     <w:name w:val="Heading 2"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
       <w:i/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1025">
+  <w:style w:type="paragraph" w:styleId="1040">
     <w:name w:val="Heading 4"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepNext/>
+      <w:widowControl w:val="off"/>
       <w:ind w:left="99"/>
       <w:jc w:val="center"/>
-      <w:keepNext/>
-      <w:widowControl w:val="off"/>
       <w:outlineLvl w:val="3"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1026">
+  <w:style w:type="paragraph" w:styleId="1041">
     <w:name w:val="Heading 5"/>
-    <w:basedOn w:val="1022"/>
-[...1 lines deleted...]
-    <w:link w:val="1054"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
+    <w:link w:val="1069"/>
     <w:uiPriority w:val="9"/>
     <w:qFormat/>
     <w:pPr>
       <w:spacing w:before="240" w:after="60"/>
       <w:outlineLvl w:val="4"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1027">
+  <w:style w:type="paragraph" w:styleId="1042">
     <w:name w:val="Heading 6"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepNext/>
       <w:ind w:right="283"/>
-      <w:keepNext/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:color w:val="ff0000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1028">
+  <w:style w:type="paragraph" w:styleId="1043">
     <w:name w:val="Heading 8"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:qFormat/>
     <w:pPr>
+      <w:keepNext/>
       <w:jc w:val="center"/>
-      <w:keepNext/>
       <w:outlineLvl w:val="7"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1029">
+  <w:style w:type="paragraph" w:styleId="1044">
     <w:name w:val="Heading 9"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:qFormat/>
     <w:pPr>
-      <w:jc w:val="right"/>
       <w:keepNext/>
       <w:widowControl w:val="off"/>
+      <w:jc w:val="right"/>
       <w:outlineLvl w:val="8"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1030" w:default="1">
+  <w:style w:type="character" w:styleId="1045" w:default="1">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="table" w:styleId="1031" w:default="1">
+  <w:style w:type="table" w:styleId="1046" w:default="1">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:left w:w="108" w:type="dxa"/>
         <w:top w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
-  <w:style w:type="numbering" w:styleId="1032" w:default="1">
+  <w:style w:type="numbering" w:styleId="1047" w:default="1">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1033" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1048" w:customStyle="1">
     <w:name w:val="Noeeu1"/>
-    <w:basedOn w:val="1022"/>
-    <w:link w:val="1072"/>
+    <w:basedOn w:val="1037"/>
+    <w:link w:val="1087"/>
     <w:qFormat/>
     <w:pPr>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Peterburg" w:hAnsi="Peterburg"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1034">
+  <w:style w:type="paragraph" w:styleId="1049">
     <w:name w:val="Body Text"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1035" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1050" w:customStyle="1">
     <w:name w:val="ConsNormal"/>
     <w:pPr>
+      <w:widowControl w:val="off"/>
       <w:ind w:right="19772" w:firstLine="720"/>
-      <w:widowControl w:val="off"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1036">
+  <w:style w:type="character" w:styleId="1051">
     <w:name w:val="footnote reference"/>
     <w:qFormat/>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1037">
+  <w:style w:type="paragraph" w:styleId="1052">
     <w:name w:val="Body Text Indent"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1038">
+  <w:style w:type="paragraph" w:styleId="1053">
     <w:name w:val="Body Text Indent 2"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:pPr>
       <w:ind w:firstLine="425"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1039">
+  <w:style w:type="paragraph" w:styleId="1054">
     <w:name w:val="Body Text 3"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1040" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1055" w:customStyle="1">
     <w:name w:val="заголовок 4"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:pPr>
+      <w:keepNext/>
       <w:jc w:val="both"/>
-      <w:keepNext/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1041">
+  <w:style w:type="paragraph" w:styleId="1056">
     <w:name w:val="Header"/>
-    <w:basedOn w:val="1022"/>
-    <w:link w:val="1066"/>
+    <w:basedOn w:val="1037"/>
+    <w:link w:val="1081"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4677" w:leader="none"/>
         <w:tab w:val="right" w:pos="9355" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1042">
+  <w:style w:type="paragraph" w:styleId="1057">
     <w:name w:val="footnote text"/>
-    <w:basedOn w:val="1022"/>
-    <w:link w:val="1063"/>
+    <w:basedOn w:val="1037"/>
+    <w:link w:val="1078"/>
     <w:qFormat/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1043">
+  <w:style w:type="character" w:styleId="1058">
     <w:name w:val="page number"/>
-    <w:basedOn w:val="1030"/>
+    <w:basedOn w:val="1045"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1044">
+  <w:style w:type="paragraph" w:styleId="1059">
     <w:name w:val="Footer"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4844" w:leader="none"/>
         <w:tab w:val="right" w:pos="9689" w:leader="none"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1045">
+  <w:style w:type="paragraph" w:styleId="1060">
     <w:name w:val="Body Text Indent 3"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:pPr>
+      <w:spacing w:before="120"/>
       <w:ind w:firstLine="709"/>
       <w:jc w:val="both"/>
-      <w:spacing w:before="120"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman CYR" w:hAnsi="Times New Roman CYR" w:cs="Times New Roman CYR"/>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1046">
+  <w:style w:type="paragraph" w:styleId="1061">
     <w:name w:val="Balloon Text"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1047">
+  <w:style w:type="paragraph" w:styleId="1062">
     <w:name w:val="Normal (Web)"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:pPr>
       <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial Unicode MS" w:hAnsi="Arial Unicode MS" w:eastAsia="Arial Unicode MS" w:cs="Arial Unicode MS"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1048" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1063" w:customStyle="1">
     <w:name w:val="Стиль5"/>
     <w:pPr>
       <w:widowControl w:val="off"/>
     </w:pPr>
     <w:rPr>
       <w:spacing w:val="-1"/>
       <w:position w:val="-1"/>
       <w:lang w:val="en-US"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1049">
+  <w:style w:type="paragraph" w:styleId="1064">
     <w:name w:val="Body Text 2"/>
-    <w:basedOn w:val="1022"/>
+    <w:basedOn w:val="1037"/>
     <w:pPr>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="22"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1050" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1065" w:customStyle="1">
     <w:name w:val="Знак сноски1"/>
     <w:rPr>
       <w:color w:val="000000"/>
       <w:sz w:val="20"/>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1051" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1066" w:customStyle="1">
     <w:name w:val="Текст сноски A"/>
     <w:rPr>
       <w:rFonts w:eastAsia="ヒラギノ角ゴ Pro W3"/>
       <w:color w:val="000000"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1052" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1067" w:customStyle="1">
     <w:name w:val="Заголовок 1 Знак"/>
-    <w:link w:val="1023"/>
+    <w:link w:val="1038"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1053" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1068" w:customStyle="1">
     <w:name w:val="ConsPlusNormal"/>
     <w:pPr>
       <w:ind w:firstLine="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1054" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1069" w:customStyle="1">
     <w:name w:val="Заголовок 5 Знак"/>
-    <w:link w:val="1026"/>
+    <w:link w:val="1041"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="26"/>
       <w:szCs w:val="26"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1055">
+  <w:style w:type="character" w:styleId="1070">
     <w:name w:val="annotation reference"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1056">
+  <w:style w:type="paragraph" w:styleId="1071">
     <w:name w:val="annotation text"/>
-    <w:basedOn w:val="1022"/>
-    <w:link w:val="1057"/>
+    <w:basedOn w:val="1037"/>
+    <w:link w:val="1072"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1057" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1072" w:customStyle="1">
     <w:name w:val="Текст примечания Знак"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1056"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1071"/>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1058">
+  <w:style w:type="paragraph" w:styleId="1073">
     <w:name w:val="annotation subject"/>
-    <w:basedOn w:val="1056"/>
-[...1 lines deleted...]
-    <w:link w:val="1059"/>
+    <w:basedOn w:val="1071"/>
+    <w:next w:val="1071"/>
+    <w:link w:val="1074"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1059" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1074" w:customStyle="1">
     <w:name w:val="Тема примечания Знак"/>
-    <w:link w:val="1058"/>
+    <w:link w:val="1073"/>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1060">
+  <w:style w:type="paragraph" w:styleId="1075">
     <w:name w:val="endnote text"/>
-    <w:basedOn w:val="1022"/>
-    <w:link w:val="1061"/>
+    <w:basedOn w:val="1037"/>
+    <w:link w:val="1076"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1061" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1076" w:customStyle="1">
     <w:name w:val="Текст концевой сноски Знак"/>
-    <w:basedOn w:val="1030"/>
-    <w:link w:val="1060"/>
+    <w:basedOn w:val="1045"/>
+    <w:link w:val="1075"/>
   </w:style>
-  <w:style w:type="character" w:styleId="1062">
+  <w:style w:type="character" w:styleId="1077">
     <w:name w:val="endnote reference"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1063" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1078" w:customStyle="1">
     <w:name w:val="Текст сноски Знак"/>
-    <w:link w:val="1042"/>
+    <w:link w:val="1057"/>
     <w:qFormat/>
   </w:style>
-  <w:style w:type="table" w:styleId="1064">
+  <w:style w:type="table" w:styleId="1079">
     <w:name w:val="Table Grid"/>
-    <w:basedOn w:val="1031"/>
+    <w:basedOn w:val="1046"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideH w:val="single" w:color="000000" w:sz="4" w:space="0"/>
         <w:insideV w:val="single" w:color="000000" w:sz="4" w:space="0"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1065">
+  <w:style w:type="paragraph" w:styleId="1080">
     <w:name w:val="List Paragraph"/>
-    <w:basedOn w:val="1022"/>
-    <w:link w:val="1069"/>
+    <w:basedOn w:val="1037"/>
+    <w:link w:val="1084"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:pPr>
+      <w:ind w:left="720"/>
       <w:contextualSpacing/>
-      <w:ind w:left="720"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1066" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1081" w:customStyle="1">
     <w:name w:val="Верхний колонтитул Знак"/>
-    <w:link w:val="1041"/>
+    <w:link w:val="1056"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1067">
+  <w:style w:type="paragraph" w:styleId="1082">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1068" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1083" w:customStyle="1">
     <w:name w:val="заголовок 1"/>
-    <w:basedOn w:val="1022"/>
-    <w:next w:val="1022"/>
+    <w:basedOn w:val="1037"/>
+    <w:next w:val="1037"/>
     <w:pPr>
+      <w:keepNext/>
       <w:ind w:left="567" w:right="374"/>
       <w:jc w:val="both"/>
-      <w:keepNext/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1069" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1084" w:customStyle="1">
     <w:name w:val="Абзац списка Знак"/>
-    <w:link w:val="1065"/>
+    <w:link w:val="1080"/>
     <w:uiPriority w:val="34"/>
     <w:rPr>
       <w:rFonts w:eastAsia="Calibri"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1070" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1085" w:customStyle="1">
     <w:name w:val="Обычный1"/>
   </w:style>
-  <w:style w:type="character" w:styleId="1071">
+  <w:style w:type="character" w:styleId="1086">
     <w:name w:val="Hyperlink"/>
-    <w:basedOn w:val="1030"/>
+    <w:basedOn w:val="1045"/>
     <w:rPr>
       <w:color w:val="0563c1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:styleId="1072" w:customStyle="1">
+  <w:style w:type="character" w:styleId="1087" w:customStyle="1">
     <w:name w:val="Noeeu1 Знак"/>
-    <w:link w:val="1033"/>
+    <w:link w:val="1048"/>
     <w:rPr>
       <w:rFonts w:ascii="Peterburg" w:hAnsi="Peterburg"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="1073" w:customStyle="1">
+  <w:style w:type="paragraph" w:styleId="1088" w:customStyle="1">
     <w:name w:val="       ConsPlusNormal"/>
     <w:pPr>
-      <w:contextualSpacing w:val="0"/>
-[...1 lines deleted...]
-      <w:jc w:val="left"/>
+      <w:keepNext w:val="0"/>
       <w:keepLines w:val="0"/>
-      <w:keepNext w:val="0"/>
       <w:pageBreakBefore w:val="0"/>
-      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
-      <w:shd w:val="nil"/>
       <w:widowControl/>
+      <w:suppressLineNumbers w:val="0"/>
       <w:pBdr>
         <w:top w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         <w:left w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         <w:bottom w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         <w:right w:val="none" w:color="000000" w:sz="4" w:space="0"/>
         <w:between w:val="none" w:color="000000" w:sz="4" w:space="0"/>
       </w:pBdr>
-      <w:suppressLineNumbers w:val="0"/>
+      <w:shd w:val="nil"/>
+      <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0" w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+      <w:contextualSpacing w:val="0"/>
+      <w:jc w:val="left"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:eastAsia="Times New Roman" w:cs="Times New Roman"/>
       <w:b w:val="0"/>
       <w:bCs w:val="0"/>
       <w:i w:val="0"/>
       <w:iCs w:val="0"/>
       <w:caps w:val="0"/>
       <w:smallCaps w:val="0"/>
       <w:strike w:val="0"/>
       <w:vanish w:val="0"/>
       <w:color w:val="auto"/>
       <w:spacing w:val="0"/>
       <w:position w:val="0"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="20"/>
       <w:highlight w:val="none"/>
       <w:u w:val="none"/>
       <w:vertAlign w:val="baseline"/>
       <w:rtl w:val="0"/>
       <w:cs w:val="0"/>
       <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
-</file>
-[...1 lines deleted...]
-<file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml" /><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml" /><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml" /><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml" /><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml" /><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml" /><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml" /><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml" /><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml" /><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml" /><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml" /><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml" /><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml" /><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.rshb.ru" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.rshb.ru/natural/support-measures" TargetMode="External"/></Relationships>
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footer1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footer2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" name="Тема Office">
@@ -24706,48 +24806,48 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml" /></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{AE658444-9CD3-4EE4-8A74-68C01C683A78}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Application>Р7-Офис/2025.3.1.923</Application>
+  <Application>Р7-Офис/2025.2.2.831</Application>
   <Company>RSHB</Company>
   <DocSecurity>0</DocSecurity>
   <HyperlinksChanged>false</HyperlinksChanged>
   <LinksUpToDate>false</LinksUpToDate>
   <ScaleCrop>false</ScaleCrop>
   <SharedDoc>false</SharedDoc>
   <Template>Normal</Template>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Приложение 5</dc:title>
   <dc:subject/>
   <dc:creator>Shamin</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>